--- v0 (2025-10-11)
+++ v1 (2026-02-06)
@@ -9,1695 +9,241 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4DD5D8D0" w14:textId="77777777" w:rsidR="009578E2" w:rsidRPr="00AF47BA" w:rsidRDefault="001F42A2" w:rsidP="00E3262E">
+    <w:p w14:paraId="4DD5D8D0" w14:textId="77777777" w:rsidR="009578E2" w:rsidRPr="000408ED" w:rsidRDefault="001F42A2" w:rsidP="000408ED">
       <w:pPr>
         <w:pStyle w:val="Titolo10"/>
+        <w:ind w:right="851"/>
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="243F60"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00AF47BA">
+          <w:color w:val="213D72"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasicorsivo"/>
           <w:i w:val="0"/>
+          <w:color w:val="213D72"/>
         </w:rPr>
         <w:t>Article title</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1FEB79A8" w14:textId="77777777" w:rsidR="00E20DFF" w:rsidRPr="001F42A2" w:rsidRDefault="001F42A2" w:rsidP="00E3262E">
+    <w:p w14:paraId="1FEB79A8" w14:textId="77777777" w:rsidR="00E20DFF" w:rsidRPr="000408ED" w:rsidRDefault="001F42A2" w:rsidP="000408ED">
       <w:pPr>
         <w:pStyle w:val="Sottotitolo1"/>
+        <w:ind w:right="851"/>
         <w:rPr>
           <w:rStyle w:val="Enfasicorsivo"/>
           <w:i w:val="0"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+          <w:color w:val="213D72"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasicorsivo"/>
           <w:i w:val="0"/>
+          <w:color w:val="213D72"/>
         </w:rPr>
         <w:t>Subtitle, if any</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27A6F08F" w14:textId="77777777" w:rsidR="00E20DFF" w:rsidRPr="00E3262E" w:rsidRDefault="001F42A2" w:rsidP="00E3262E">
+    <w:p w14:paraId="27A6F08F" w14:textId="77777777" w:rsidR="00E20DFF" w:rsidRPr="000408ED" w:rsidRDefault="001F42A2" w:rsidP="000408ED">
       <w:pPr>
         <w:pStyle w:val="FirstnameLastname"/>
+        <w:ind w:right="851"/>
+        <w:rPr>
+          <w:color w:val="213D72"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="_Hlk162440951"/>
-      <w:r w:rsidRPr="00E3262E">
+      <w:r w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:b/>
           <w:bCs w:val="0"/>
+          <w:color w:val="213D72"/>
         </w:rPr>
         <w:t>First name Last name</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="4A675F36" w14:textId="77777777" w:rsidR="0077036D" w:rsidRPr="00E3262E" w:rsidRDefault="00503FB6" w:rsidP="003E4F5C">
-[...1 lines deleted...]
-        <w:ind w:left="851" w:right="709"/>
+    <w:p w14:paraId="4A675F36" w14:textId="48D5AD6B" w:rsidR="0077036D" w:rsidRPr="00E3262E" w:rsidRDefault="00503FB6" w:rsidP="000408ED">
+      <w:pPr>
+        <w:ind w:left="851" w:right="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E3262E">
+      <w:r w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="AbstractCarattere"/>
+          <w:color w:val="213D72"/>
         </w:rPr>
         <w:t>Abstract.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF47BA">
+      <w:r w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="000000"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00020252" w:rsidRPr="00AF47BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Abstract </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00020252" w:rsidRPr="00AF47BA">
+        <w:t>Abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract abstract</w:t>
+      </w:r>
+      <w:r w:rsidR="000408ED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>abstract</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00020252" w:rsidRPr="00AF47BA">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000408ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="000408ED" w:rsidRPr="000408ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Max 100 words</w:t>
+      </w:r>
+      <w:r w:rsidR="000408ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00317CFD" w:rsidRPr="00AF47BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1494 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ABC7C78" w14:textId="77777777" w:rsidR="00376ADB" w:rsidRPr="00287DD4" w:rsidRDefault="00376ADB" w:rsidP="001F42A2">
-[...1 lines deleted...]
-        <w:ind w:right="707"/>
+    <w:p w14:paraId="7ABC7C78" w14:textId="77777777" w:rsidR="00376ADB" w:rsidRPr="00287DD4" w:rsidRDefault="00376ADB" w:rsidP="000408ED">
+      <w:pPr>
+        <w:ind w:right="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2C001057" w14:textId="77777777" w:rsidR="0077036D" w:rsidRDefault="00F264D5" w:rsidP="003E4F5C">
-[...1 lines deleted...]
-        <w:ind w:left="851" w:right="707"/>
+    <w:p w14:paraId="2C001057" w14:textId="5061ADD6" w:rsidR="0077036D" w:rsidRDefault="00F264D5" w:rsidP="000408ED">
+      <w:pPr>
+        <w:ind w:left="851" w:right="851"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00E3262E">
+      <w:r w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="AbstractCarattere"/>
+          <w:color w:val="213D72"/>
         </w:rPr>
         <w:t>Keywords.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00317CFD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="000408ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Keyword</w:t>
       </w:r>
       <w:r w:rsidR="00317CFD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00020252">
@@ -1723,1361 +269,355 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Keyword,</w:t>
       </w:r>
       <w:r w:rsidR="00020252" w:rsidRPr="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Keyword</w:t>
       </w:r>
-      <w:r w:rsidR="00317CFD" w:rsidRPr="00317CFD">
+      <w:r w:rsidR="000408ED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>.</w:t>
-[...4 lines deleted...]
-        <w:ind w:right="707"/>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="000408ED" w:rsidRPr="000408ED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...7 lines deleted...]
-        <w:jc w:val="both"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Max 5 words</w:t>
+      </w:r>
+      <w:r w:rsidR="000408ED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="de-DE"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00317CFD" w:rsidRPr="00317CFD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="197FA01E" w14:textId="77777777" w:rsidR="00E20DFF" w:rsidRPr="00AF47BA" w:rsidRDefault="00E20DFF" w:rsidP="000408ED">
+      <w:pPr>
+        <w:ind w:right="851"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="502E4F74" w14:textId="30B078E3" w:rsidR="005B5CDC" w:rsidRPr="000771AF" w:rsidRDefault="001F42A2" w:rsidP="000408ED">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="720"/>
+        <w:ind w:left="851" w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">First name Last name </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">biography </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+        <w:t>biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography biography</w:t>
+      </w:r>
+      <w:r w:rsidR="00020252" w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>biography</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+        <w:t>biography biography biography biography biography biography</w:t>
+      </w:r>
+      <w:r w:rsidR="00020252" w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>biography</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+        <w:t>biography biography biography</w:t>
+      </w:r>
+      <w:r w:rsidR="00020252" w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>biography</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+        <w:t>biography biography biography biography biography biography biography biography biography</w:t>
+      </w:r>
+      <w:r w:rsidR="00020252" w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>biography</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+        <w:t>biography biography</w:t>
+      </w:r>
+      <w:r w:rsidR="000408ED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>biography</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="000408ED" w:rsidRPr="000408ED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Max 100 words</w:t>
+      </w:r>
+      <w:r w:rsidR="000408ED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>biography</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00317CFD" w:rsidRPr="000771AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00376ADB" w:rsidRPr="000771AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="005B5CDC" w:rsidRPr="000771AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001F42A2">
+      <w:r w:rsidR="00376ADB" w:rsidRPr="000771AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...6 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:br/>
+      </w:r>
+      <w:r w:rsidR="007C2BF0" w:rsidRPr="000408ED">
+        <w:rPr>
+          <w:rStyle w:val="EMAILCarattere"/>
+          <w:color w:val="213D72"/>
+        </w:rPr>
+        <w:t>Email:</w:t>
+      </w:r>
+      <w:r w:rsidR="007C2BF0" w:rsidRPr="000408ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001F42A2">
+      <w:r w:rsidR="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>abcd.efgh</w:t>
+      </w:r>
+      <w:r w:rsidR="00317CFD" w:rsidRPr="000771AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>@</w:t>
+      </w:r>
+      <w:r w:rsidR="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>ijklmn</w:t>
+      </w:r>
+      <w:r w:rsidR="00317CFD" w:rsidRPr="000771AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>opqr</w:t>
+      </w:r>
+      <w:r w:rsidR="000408ED">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
-[...878 lines deleted...]
-          <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00376ADB" w:rsidRPr="000771AF">
-[...89 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="1BAAE398" w14:textId="77777777" w:rsidR="00FA3484" w:rsidRPr="000771AF" w:rsidRDefault="00FA3484" w:rsidP="00376ADB">
-[...52 lines deleted...]
-    <w:p w14:paraId="5091C29B" w14:textId="77777777" w:rsidR="00020252" w:rsidRPr="001F42A2" w:rsidRDefault="001F42A2" w:rsidP="00020252">
+    <w:p w14:paraId="5091C29B" w14:textId="77777777" w:rsidR="00020252" w:rsidRPr="001F42A2" w:rsidRDefault="001F42A2" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk162441337"/>
       <w:r w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Body of the article text</w:t>
       </w:r>
       <w:r w:rsidR="00020252" w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -3116,1162 +656,414 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Body of the article text</w:t>
       </w:r>
       <w:r w:rsidR="002C4C14" w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>: «</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Infratextual</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve">Infratextual quotation Infratextual quotation Infratextual quotation Infratextual quotation Infratextual quotation Infratextual quotation Infratextual quotation Infratextual quotation Infratextual quotation Infratextual quotation Infratextual quotation Infratextual quotation Infratextual quotation Infratextual quotation </w:t>
+      </w:r>
+      <w:r w:rsidR="002C4C14" w:rsidRPr="001F42A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>» (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Last Name</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4C14" w:rsidRPr="001F42A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Year,</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4C14" w:rsidRPr="001F42A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00020252" w:rsidRPr="001F42A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7282C" w:rsidRPr="001F42A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4C14" w:rsidRPr="001F42A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> quotation </w:t>
-[...339 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00020252" w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>text</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>text of the article</w:t>
+      </w:r>
+      <w:r w:rsidR="00020252">
+        <w:rPr>
+          <w:rStyle w:val="Rimandonotaapidipagina"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
       <w:r w:rsidR="00020252" w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> of the article</w:t>
-[...8 lines deleted...]
-        <w:footnoteReference w:id="2"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F42A2">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidR="00020252" w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...18 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="02E39F89" w14:textId="77777777" w:rsidR="004E469C" w:rsidRPr="001F42A2" w:rsidRDefault="004E469C" w:rsidP="00AF4B5D">
+    <w:p w14:paraId="02E39F89" w14:textId="77777777" w:rsidR="004E469C" w:rsidRPr="001F42A2" w:rsidRDefault="004E469C" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="716BFB78" w14:textId="77777777" w:rsidR="00B10C8F" w:rsidRPr="001F42A2" w:rsidRDefault="00B10C8F" w:rsidP="00AF4B5D">
+    <w:p w14:paraId="716BFB78" w14:textId="77777777" w:rsidR="00B10C8F" w:rsidRPr="001F42A2" w:rsidRDefault="00B10C8F" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="569B2D58" w14:textId="77777777" w:rsidR="00D97435" w:rsidRPr="00E3262E" w:rsidRDefault="004E469C" w:rsidP="004E469C">
+    <w:p w14:paraId="569B2D58" w14:textId="77777777" w:rsidR="00D97435" w:rsidRPr="000408ED" w:rsidRDefault="004E469C" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:right="709" w:firstLine="851"/>
+        <w:ind w:right="851" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="ParagraphtitleCarattere"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00AF47BA">
+          <w:color w:val="213D72"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="376092"/>
-[...1 lines deleted...]
-        </w:rPr>
+          <w:color w:val="213D72"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidR="001F42A2" w:rsidRPr="00E3262E">
+      <w:r w:rsidR="001F42A2" w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="ParagraphtitleCarattere"/>
+          <w:color w:val="213D72"/>
         </w:rPr>
         <w:t>Paragraph title</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1A277864" w14:textId="77777777" w:rsidR="004E469C" w:rsidRPr="00AF47BA" w:rsidRDefault="004E469C" w:rsidP="00AF4B5D">
+    <w:p w14:paraId="1A277864" w14:textId="77777777" w:rsidR="004E469C" w:rsidRPr="00AF47BA" w:rsidRDefault="004E469C" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77424B9F" w14:textId="77777777" w:rsidR="00471AAD" w:rsidRPr="001F42A2" w:rsidRDefault="001F42A2" w:rsidP="00F7282C">
+    <w:p w14:paraId="77424B9F" w14:textId="77777777" w:rsidR="00471AAD" w:rsidRPr="001F42A2" w:rsidRDefault="001F42A2" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="455C14EA" w14:textId="77777777" w:rsidR="00E20DFF" w:rsidRPr="001F42A2" w:rsidRDefault="00E20DFF" w:rsidP="00376ADB">
-[...1 lines deleted...]
-        <w:ind w:right="566"/>
+    <w:p w14:paraId="455C14EA" w14:textId="77777777" w:rsidR="00E20DFF" w:rsidRPr="001F42A2" w:rsidRDefault="00E20DFF" w:rsidP="000408ED">
+      <w:pPr>
+        <w:ind w:right="851"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="789B1C1D" w14:textId="77777777" w:rsidR="004063A5" w:rsidRPr="001F42A2" w:rsidRDefault="007C2BF0" w:rsidP="004E469C">
+    <w:p w14:paraId="789B1C1D" w14:textId="77777777" w:rsidR="004063A5" w:rsidRPr="000408ED" w:rsidRDefault="007C2BF0" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:right="709" w:firstLine="1134"/>
+        <w:ind w:right="851" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="001F42A2">
+          <w:color w:val="213D72"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="00D97435" w:rsidRPr="001F42A2">
+      <w:r w:rsidR="00D97435" w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidR="001F42A2" w:rsidRPr="00E3262E">
+      <w:r w:rsidR="001F42A2" w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="SubsectiontitleCarattere"/>
+          <w:color w:val="213D72"/>
         </w:rPr>
         <w:t>Subsection title</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71926CD5" w14:textId="77777777" w:rsidR="00835800" w:rsidRPr="001F42A2" w:rsidRDefault="00835800" w:rsidP="00835800">
+    <w:p w14:paraId="71926CD5" w14:textId="77777777" w:rsidR="00835800" w:rsidRPr="001F42A2" w:rsidRDefault="00835800" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:right="709"/>
+        <w:ind w:right="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19662197" w14:textId="77777777" w:rsidR="00E86D7E" w:rsidRPr="001F42A2" w:rsidRDefault="001F42A2" w:rsidP="00F7282C">
+    <w:p w14:paraId="19662197" w14:textId="77777777" w:rsidR="00E86D7E" w:rsidRPr="001F42A2" w:rsidRDefault="001F42A2" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidR="00F7282C" w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7E235B38" w14:textId="77777777" w:rsidR="00E86D7E" w:rsidRPr="001F42A2" w:rsidRDefault="00E86D7E" w:rsidP="00461286">
+    <w:p w14:paraId="7E235B38" w14:textId="77777777" w:rsidR="00E86D7E" w:rsidRPr="001F42A2" w:rsidRDefault="00E86D7E" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2D6F6A7B" w14:textId="77777777" w:rsidR="00E86D7E" w:rsidRPr="007519F3" w:rsidRDefault="001F42A2" w:rsidP="00E3262E">
+    <w:p w14:paraId="2D6F6A7B" w14:textId="2924F410" w:rsidR="00E86D7E" w:rsidRPr="007519F3" w:rsidRDefault="001F42A2" w:rsidP="000408ED">
       <w:pPr>
         <w:pStyle w:val="Citations"/>
+        <w:ind w:right="851"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F42A2">
-        <w:t xml:space="preserve">Citation </w:t>
-[...469 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation Citation</w:t>
+      </w:r>
       <w:r w:rsidR="00E86D7E" w:rsidRPr="001F42A2">
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00E86D7E" w:rsidRPr="007519F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Last name</w:t>
       </w:r>
       <w:r w:rsidR="00E86D7E" w:rsidRPr="007519F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -4279,649 +1071,665 @@
       </w:r>
       <w:r w:rsidR="00F7282C" w:rsidRPr="007519F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00E86D7E" w:rsidRPr="007519F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F7282C" w:rsidRPr="007519F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>p.</w:t>
       </w:r>
       <w:r w:rsidR="00E86D7E" w:rsidRPr="007519F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
+      <w:r w:rsidR="000408ED">
+        <w:rPr>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="2654C355" w14:textId="77777777" w:rsidR="00E86D7E" w:rsidRPr="007519F3" w:rsidRDefault="00E86D7E" w:rsidP="00461286">
+    <w:p w14:paraId="2654C355" w14:textId="77777777" w:rsidR="00E86D7E" w:rsidRPr="007519F3" w:rsidRDefault="00E86D7E" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1CD654C5" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRPr="007519F3" w:rsidRDefault="007519F3" w:rsidP="00E86D7E">
+    <w:p w14:paraId="1CD654C5" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRPr="007519F3" w:rsidRDefault="007519F3" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidR="00F7282C" w:rsidRPr="007519F3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="657EC894" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRPr="007519F3" w:rsidRDefault="007519F3" w:rsidP="00E86D7E">
+    <w:p w14:paraId="657EC894" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRPr="007519F3" w:rsidRDefault="007519F3" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="001F42A2">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidR="00F7282C" w:rsidRPr="007519F3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00F7282C">
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteReference w:id="3"/>
       </w:r>
       <w:r w:rsidR="00F7282C" w:rsidRPr="007519F3">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4BE1CCC0" w14:textId="77777777" w:rsidR="00CD2681" w:rsidRPr="007519F3" w:rsidRDefault="00CD2681" w:rsidP="007C5EC0">
+    <w:p w14:paraId="4BE1CCC0" w14:textId="77777777" w:rsidR="00CD2681" w:rsidRPr="007519F3" w:rsidRDefault="00CD2681" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3078CCAD" w14:textId="77777777" w:rsidR="00072F6A" w:rsidRPr="007519F3" w:rsidRDefault="00EA7E6A" w:rsidP="004E469C">
+    <w:p w14:paraId="3078CCAD" w14:textId="77777777" w:rsidR="00072F6A" w:rsidRPr="000408ED" w:rsidRDefault="00EA7E6A" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:right="709" w:firstLine="1134"/>
+        <w:ind w:right="851" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
-[...5 lines deleted...]
-      <w:r w:rsidRPr="007519F3">
+          <w:color w:val="213D72"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="00072F6A" w:rsidRPr="007519F3">
+      <w:r w:rsidR="00072F6A" w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00F7282C" w:rsidRPr="007519F3">
+      <w:r w:rsidR="00F7282C" w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00072F6A" w:rsidRPr="007519F3">
+      <w:r w:rsidR="00072F6A" w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="007519F3" w:rsidRPr="001F42A2">
+      <w:r w:rsidR="007519F3" w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Subsection title</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2550C40B" w14:textId="77777777" w:rsidR="00072F6A" w:rsidRPr="007519F3" w:rsidRDefault="00072F6A" w:rsidP="00072F6A">
+    <w:p w14:paraId="2550C40B" w14:textId="77777777" w:rsidR="00072F6A" w:rsidRPr="007519F3" w:rsidRDefault="00072F6A" w:rsidP="000408ED">
       <w:pPr>
         <w:pStyle w:val="Paragrafoelenco"/>
-        <w:ind w:left="1514" w:right="566"/>
+        <w:ind w:left="1514" w:right="851"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:color w:val="7F6000"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="267DA081" w14:textId="77777777" w:rsidR="00471AAD" w:rsidRPr="007519F3" w:rsidRDefault="007519F3" w:rsidP="00E3262E">
+    <w:p w14:paraId="267DA081" w14:textId="77777777" w:rsidR="00471AAD" w:rsidRPr="007519F3" w:rsidRDefault="007519F3" w:rsidP="000408ED">
       <w:pPr>
         <w:pStyle w:val="Corpotesto1"/>
+        <w:ind w:right="851"/>
       </w:pPr>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t xml:space="preserve">Body of the article text Body of </w:t>
       </w:r>
       <w:r w:rsidRPr="004C1415">
         <w:t>the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the</w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t xml:space="preserve"> article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidR="00F7282C" w:rsidRPr="007519F3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C834BC8" w14:textId="77777777" w:rsidR="00234D6D" w:rsidRPr="007519F3" w:rsidRDefault="00234D6D" w:rsidP="00CF55EE">
+    <w:p w14:paraId="3C834BC8" w14:textId="77777777" w:rsidR="00234D6D" w:rsidRPr="007519F3" w:rsidRDefault="00234D6D" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="13FF061C" w14:textId="77777777" w:rsidR="00B10C8F" w:rsidRPr="007519F3" w:rsidRDefault="00B10C8F" w:rsidP="00CF55EE">
+    <w:p w14:paraId="13FF061C" w14:textId="77777777" w:rsidR="00B10C8F" w:rsidRPr="007519F3" w:rsidRDefault="00B10C8F" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="399A1A78" w14:textId="77777777" w:rsidR="00D50BDD" w:rsidRPr="007519F3" w:rsidRDefault="00EA7E6A" w:rsidP="004E469C">
+    <w:p w14:paraId="399A1A78" w14:textId="77777777" w:rsidR="00D50BDD" w:rsidRPr="000408ED" w:rsidRDefault="00EA7E6A" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:right="709" w:firstLine="851"/>
+        <w:ind w:right="851" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="007519F3">
+          <w:color w:val="213D72"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00D50BDD" w:rsidRPr="007519F3">
+      <w:r w:rsidR="00D50BDD" w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="007519F3" w:rsidRPr="007519F3">
+      <w:r w:rsidR="007519F3" w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Paragraph title</w:t>
       </w:r>
-      <w:r w:rsidR="007519F3" w:rsidRPr="007519F3">
+      <w:r w:rsidR="007519F3" w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67F62D35" w14:textId="77777777" w:rsidR="00D50BDD" w:rsidRPr="007519F3" w:rsidRDefault="00D50BDD" w:rsidP="00D50BDD">
+    <w:p w14:paraId="67F62D35" w14:textId="77777777" w:rsidR="00D50BDD" w:rsidRPr="007519F3" w:rsidRDefault="00D50BDD" w:rsidP="000408ED">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A312C42" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRPr="007519F3" w:rsidRDefault="007519F3" w:rsidP="00E3262E">
+    <w:p w14:paraId="6A312C42" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRPr="007519F3" w:rsidRDefault="007519F3" w:rsidP="000408ED">
       <w:pPr>
         <w:pStyle w:val="Corpotesto1"/>
+        <w:ind w:right="851"/>
       </w:pPr>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidR="00F7282C" w:rsidRPr="007519F3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7B7BD04A" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRPr="007519F3" w:rsidRDefault="007519F3" w:rsidP="00E3262E">
+    <w:p w14:paraId="7B7BD04A" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRPr="007519F3" w:rsidRDefault="007519F3" w:rsidP="000408ED">
       <w:pPr>
         <w:pStyle w:val="Corpotesto1"/>
+        <w:ind w:right="851"/>
       </w:pPr>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidR="00F7282C" w:rsidRPr="007519F3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="57F2B1CC" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRPr="007519F3" w:rsidRDefault="007519F3" w:rsidP="00E3262E">
+    <w:p w14:paraId="57F2B1CC" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRPr="007519F3" w:rsidRDefault="007519F3" w:rsidP="000408ED">
       <w:pPr>
         <w:pStyle w:val="Corpotesto1"/>
+        <w:ind w:right="851"/>
       </w:pPr>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text</w:t>
       </w:r>
       <w:r w:rsidR="00F7282C" w:rsidRPr="007519F3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="149BD653" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRPr="007519F3" w:rsidRDefault="007519F3" w:rsidP="00E3262E">
+    <w:p w14:paraId="149BD653" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRPr="007519F3" w:rsidRDefault="007519F3" w:rsidP="000408ED">
       <w:pPr>
         <w:pStyle w:val="Corpotesto1"/>
+        <w:ind w:right="851"/>
       </w:pPr>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>Body of the article text</w:t>
       </w:r>
       <w:r w:rsidR="00F7282C" w:rsidRPr="007519F3">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3979E141" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRPr="00E3262E" w:rsidRDefault="007519F3" w:rsidP="00E3262E">
+    <w:p w14:paraId="3979E141" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRPr="00E3262E" w:rsidRDefault="007519F3" w:rsidP="000408ED">
       <w:pPr>
         <w:pStyle w:val="Corpotesto1"/>
+        <w:ind w:right="851"/>
       </w:pPr>
       <w:r w:rsidRPr="00E3262E">
         <w:t>Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text Body of the article text</w:t>
       </w:r>
       <w:r w:rsidR="00F7282C" w:rsidRPr="00E3262E">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13C34FCF" w14:textId="77777777" w:rsidR="007519F3" w:rsidRDefault="007519F3" w:rsidP="004E469C">
-[...1 lines deleted...]
-        <w:ind w:left="851" w:right="567"/>
+    <w:p w14:paraId="13C34FCF" w14:textId="77777777" w:rsidR="007519F3" w:rsidRDefault="007519F3" w:rsidP="000408ED">
+      <w:pPr>
+        <w:ind w:left="851" w:right="851"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="46D97FD5" w14:textId="10478A13" w:rsidR="007519F3" w:rsidRDefault="007519F3" w:rsidP="0032688D">
-      <w:pPr>
+    <w:p w14:paraId="46D97FD5" w14:textId="10478A13" w:rsidR="007519F3" w:rsidRDefault="007519F3" w:rsidP="000408ED">
+      <w:pPr>
+        <w:ind w:right="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2109DABC" w14:textId="77777777" w:rsidR="00376ADB" w:rsidRPr="00E3262E" w:rsidRDefault="007519F3" w:rsidP="00E3262E">
+    <w:p w14:paraId="2109DABC" w14:textId="77777777" w:rsidR="00376ADB" w:rsidRPr="000408ED" w:rsidRDefault="007519F3" w:rsidP="000408ED">
       <w:pPr>
         <w:pStyle w:val="Paragraphtitle"/>
+        <w:ind w:right="851"/>
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:b/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00E3262E">
+          <w:color w:val="213D72"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000408ED">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:b/>
+          <w:color w:val="213D72"/>
         </w:rPr>
         <w:t>Bibliography</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1219154C" w14:textId="77777777" w:rsidR="00376ADB" w:rsidRPr="00AF47BA" w:rsidRDefault="00376ADB" w:rsidP="000176A8">
-[...1 lines deleted...]
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+    <w:p w14:paraId="1219154C" w14:textId="77777777" w:rsidR="00376ADB" w:rsidRPr="00AF47BA" w:rsidRDefault="00376ADB" w:rsidP="000408ED">
+      <w:pPr>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6752C485" w14:textId="77777777" w:rsidR="006119A9" w:rsidRPr="00B10C8F" w:rsidRDefault="006119A9" w:rsidP="000176A8">
-[...1 lines deleted...]
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+    <w:p w14:paraId="6752C485" w14:textId="77777777" w:rsidR="006119A9" w:rsidRPr="00B10C8F" w:rsidRDefault="006119A9" w:rsidP="000408ED">
+      <w:pPr>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AF47BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Allison, H. E. (1983). </w:t>
       </w:r>
       <w:r w:rsidRPr="00AF47BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Kant’s Transcendental Idealism</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF47BA">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B10C8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>New Haven/London: Yale University Press.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D4A2032" w14:textId="77777777" w:rsidR="006119A9" w:rsidRDefault="002F338C" w:rsidP="000176A8">
-[...1 lines deleted...]
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+    <w:p w14:paraId="6D4A2032" w14:textId="77777777" w:rsidR="006119A9" w:rsidRDefault="002F338C" w:rsidP="000408ED">
+      <w:pPr>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006119A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Atlas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, S.</w:t>
@@ -4969,1098 +1777,948 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Hebrew Union College Annual</w:t>
       </w:r>
       <w:r w:rsidR="006119A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="006119A9" w:rsidRPr="005E2EF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>40/41, 363-389.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4FC1FDFF" w14:textId="77777777" w:rsidR="00B36855" w:rsidRPr="0032688D" w:rsidRDefault="00B36855" w:rsidP="000176A8">
-[...1 lines deleted...]
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+    <w:p w14:paraId="4FC1FDFF" w14:textId="77777777" w:rsidR="00B36855" w:rsidRPr="0032688D" w:rsidRDefault="00B36855" w:rsidP="000408ED">
+      <w:pPr>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B36855">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Breazeale</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>, D.</w:t>
       </w:r>
       <w:r w:rsidRPr="00B36855">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>(2003).</w:t>
       </w:r>
       <w:r w:rsidRPr="00B36855">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Reinhold gegen </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> Reinhold gegen Maimon über den Gebrauch der Fiktionen in der Philosophie</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA73C0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B36855">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Maimon</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA73C0" w:rsidRPr="00D04EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D04EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>n</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B36855">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve"> über den Gebrauch der Fiktionen in der Philosophie</w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00AA73C0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
+        <w:t>M. Bondeli &amp; W. H. Schrader (Hrsg.)</w:t>
+      </w:r>
+      <w:r w:rsidR="007C5EC0">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="00AA73C0" w:rsidRPr="003128FE">
+        <w:rPr>
+          <w:rStyle w:val="author"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DC5D41">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Die Phil</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0A2C" w:rsidRPr="00DC5D41">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>osophie Karl Leonhard Reinholds</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0A2C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
       <w:r w:rsidRPr="00B36855">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AA73C0" w:rsidRPr="00D04EF8">
-[...22 lines deleted...]
-          <w:lang w:val="de-DE"/>
+      <w:r w:rsidRPr="00BF5ACD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Fichte-Studien-Suppleme</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>nta</w:t>
+      </w:r>
+      <w:r w:rsidR="00183D07" w:rsidRPr="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0A2C" w:rsidRPr="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 16</w:t>
+      </w:r>
+      <w:r w:rsidR="007C5EC0" w:rsidRPr="000176A8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5D41" w:rsidRPr="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (123-152).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5ACD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Amsterdam/New York</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0A2C" w:rsidRPr="00BF5ACD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>: Rodopi</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BF5ACD">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="603A05C3" w14:textId="77777777" w:rsidR="006F0A2C" w:rsidRDefault="002F338C" w:rsidP="000408ED">
+      <w:pPr>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="003128FE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Breazeale, D.</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0A2C" w:rsidRPr="006F0A2C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:r w:rsidR="006F0A2C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>(2018).</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0A2C" w:rsidRPr="006F0A2C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Philosophy and “the method of fictions”: Ma</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6DF1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">imon’s proposal and its critics. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6DF1" w:rsidRPr="00BE6DF1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>European Journal of Philosophy</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3E1B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3E1B" w:rsidRPr="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>26(</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0A2C" w:rsidRPr="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3E1B" w:rsidRPr="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0A2C" w:rsidRPr="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, 702-716.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CFBF9C9" w14:textId="77777777" w:rsidR="00143018" w:rsidRPr="00F7282C" w:rsidRDefault="00B052DF" w:rsidP="000408ED">
+      <w:pPr>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00B052DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Chalmers</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, D. J.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B052DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>(1995).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B052DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Facing up to</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the problem of consciousness. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B052DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Journal of Consciousness Studies</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3E1B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3E1B" w:rsidRPr="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>2(</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3E1B" w:rsidRPr="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>, 200</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B052DF">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>-219.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59AA55BB" w14:textId="77777777" w:rsidR="00143018" w:rsidRPr="00143018" w:rsidRDefault="00BF5ACD" w:rsidP="000408ED">
+      <w:pPr>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Fichte, J. G. (</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>1965)</w:t>
+      </w:r>
+      <w:r w:rsidR="003128FE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00143018" w:rsidRPr="00143018">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Grundlage der gesamten Wissenschaftslehre</w:t>
+      </w:r>
+      <w:r w:rsidR="00143018" w:rsidRPr="00143018">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E5634E" w:rsidRPr="00E5634E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">vol. </w:t>
+      </w:r>
+      <w:r w:rsidR="005521C7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>I, 2</w:t>
+      </w:r>
+      <w:r w:rsidR="00E5634E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>. I</w:t>
+      </w:r>
+      <w:r w:rsidR="00143018" w:rsidRPr="00143018">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">n </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4EAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">R. Lauth </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4EAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">et al. </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4EAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
       <w:r w:rsidR="00AA73C0">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t xml:space="preserve">M. </w:t>
-[...21 lines deleted...]
-      <w:r w:rsidR="007C5EC0">
+        <w:t>Hrsg.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE4EAA">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">), </w:t>
+      </w:r>
+      <w:r w:rsidR="00143018" w:rsidRPr="00106BF3">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Gesamtausgabe der Bayerischen Akademie der Wissenschaften</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (251-451). </w:t>
+      </w:r>
+      <w:r w:rsidR="00143018" w:rsidRPr="00E5634E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Stuttgart-Bad Cannstatt: Frommann-Holzboog</w:t>
+      </w:r>
+      <w:r w:rsidR="00DC5D41">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00AA73C0" w:rsidRPr="003128FE">
-[...1 lines deleted...]
-          <w:rStyle w:val="author"/>
+      <w:r w:rsidR="00E5634E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00DC5D41">
+      <w:r w:rsidR="00DC5D41">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>[GA]</w:t>
+      </w:r>
+      <w:r w:rsidR="00143018">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76A7CC3C" w14:textId="77777777" w:rsidR="0025243D" w:rsidRPr="003128FE" w:rsidRDefault="0025243D" w:rsidP="000408ED">
+      <w:pPr>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0025243D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Husserl</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>, E. (19</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>76)</w:t>
+      </w:r>
+      <w:r w:rsidR="003128FE">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025243D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025243D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>Die Phil</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F0A2C" w:rsidRPr="00DC5D41">
+        <w:t>Ideen zur einer reinen Phänomenologie und phänomenologischen Philosophie</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025243D">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0025243D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
-        <w:t>osophie Karl Leonhard Reinholds</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006F0A2C">
+        <w:t>Erstes Buch: Allgemeine Einführung in die reine Phänomenologie</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00B36855">
+      <w:r w:rsidRPr="0025243D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00BF5ACD">
+      <w:r w:rsidR="00604D71" w:rsidRPr="001A76D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>In</w:t>
+      </w:r>
+      <w:r w:rsidR="001A76D7" w:rsidRPr="001A76D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A76D7" w:rsidRPr="001A76D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-GB"/>
-[...120 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>Husserliana: Edmund Husserl. Gesammelte Werke</w:t>
+      </w:r>
+      <w:r w:rsidR="001A76D7" w:rsidRPr="001A76D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D04EF8" w:rsidRPr="001A76D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>vol. III, Den Haag</w:t>
+      </w:r>
+      <w:r w:rsidR="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00D04EF8" w:rsidRPr="001A76D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Nijhoff, 1976. </w:t>
+      </w:r>
+      <w:r w:rsidR="001A76D7" w:rsidRPr="001A76D7">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>[Hua III]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="603A05C3" w14:textId="77777777" w:rsidR="006F0A2C" w:rsidRDefault="002F338C" w:rsidP="000176A8">
-[...1 lines deleted...]
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+    <w:p w14:paraId="1E5309D1" w14:textId="77777777" w:rsidR="00E20DFF" w:rsidRPr="00F7282C" w:rsidRDefault="005E2EF8" w:rsidP="000408ED">
+      <w:pPr>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
-          <w:lang w:val="en-GB"/>
-[...693 lines deleted...]
-          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000408ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Reinhold, K. L. (2002)</w:t>
       </w:r>
-      <w:r w:rsidR="003128FE" w:rsidRPr="00287DD4">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidR="003128FE" w:rsidRPr="000408ED">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="003128FE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Sul fondamento del sapere filosofico</w:t>
       </w:r>
       <w:r w:rsidRPr="003128FE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="000176A8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
@@ -6114,1280 +2772,919 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E20DFF" w:rsidRPr="00F7282C" w:rsidSect="008E0578">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="20C12932" w14:textId="77777777" w:rsidR="008E0578" w:rsidRDefault="008E0578">
+    <w:p w14:paraId="2A26CAEC" w14:textId="77777777" w:rsidR="00B22786" w:rsidRDefault="00B22786">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5BE0158A" w14:textId="77777777" w:rsidR="008E0578" w:rsidRDefault="008E0578">
+    <w:p w14:paraId="103D2991" w14:textId="77777777" w:rsidR="00B22786" w:rsidRDefault="00B22786">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans">
-    <w:altName w:val="Times New Roman"/>
     <w:charset w:val="B1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000A67" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001F7" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
+    <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
+    <w:altName w:val="游明朝"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0A3450F5" w14:textId="77777777" w:rsidR="007C2BF0" w:rsidRDefault="0063648D" w:rsidP="0063648D">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0A3450F5" w14:textId="35A64839" w:rsidR="007C2BF0" w:rsidRPr="000408ED" w:rsidRDefault="0063648D" w:rsidP="000408ED">
     <w:pPr>
       <w:spacing w:before="480"/>
-      <w:ind w:left="851" w:right="709"/>
+      <w:ind w:left="851" w:right="851"/>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Arial Narrow" w:hAnsi="Gill Sans MT" w:cs="Arial Narrow"/>
         <w:bCs/>
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="0063648D">
+    <w:r w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="0063648D">
+    <w:r w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
-    <w:r w:rsidRPr="0063648D">
+    <w:r w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="0063648D">
+    <w:r w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidRPr="0063648D">
+    <w:r w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00D23D43">
+    <w:r w:rsidR="00D23D43" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">            </w:t>
     </w:r>
-    <w:r w:rsidR="007C2BF0" w:rsidRPr="001E26D0">
+    <w:r w:rsidR="007C2BF0" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:bCs/>
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">            </w:t>
     </w:r>
-    <w:r w:rsidR="00D23D43">
+    <w:r w:rsidR="00D23D43" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:bCs/>
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="007C2BF0" w:rsidRPr="001E26D0">
+    <w:r w:rsidR="007C2BF0" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:bCs/>
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                </w:t>
+      <w:t xml:space="preserve">                                                            </w:t>
     </w:r>
-    <w:r w:rsidR="007C2BF0">
+    <w:r w:rsidR="00CD30A2" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:bCs/>
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">                              </w:t>
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="007C2BF0" w:rsidRPr="001E26D0">
+    <w:r w:rsidR="000408ED" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:bCs/>
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">   </w:t>
+      <w:t xml:space="preserve">       </w:t>
     </w:r>
-    <w:r w:rsidR="00CD30A2">
+    <w:r w:rsidR="00C30EF5">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:bCs/>
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
+      <w:t>I</w:t>
+    </w:r>
+    <w:r w:rsidR="00CD30A2" w:rsidRPr="000408ED">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="003D5068">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:bCs/>
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:tab/>
+      <w:t>C</w:t>
     </w:r>
-    <w:r w:rsidR="00CD30A2">
+    <w:r w:rsidR="00503FB6" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>I c</w:t>
+      <w:t xml:space="preserve">astelli di Yale online. </w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6">
+    <w:r w:rsidR="003D5068">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:smallCaps/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">astelli di Yale online. </w:t>
+      <w:t>Rivista</w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="00503FB6" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:smallCaps/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Annali di Filosofia</w:t>
+      <w:t xml:space="preserve"> di Filosofia</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="141271F1" w14:textId="77777777" w:rsidR="00D04EF8" w:rsidRPr="007C2BF0" w:rsidRDefault="007C2BF0" w:rsidP="007C2BF0">
+  <w:p w14:paraId="141271F1" w14:textId="77777777" w:rsidR="00D04EF8" w:rsidRPr="000408ED" w:rsidRDefault="007C2BF0" w:rsidP="000408ED">
     <w:pPr>
-      <w:ind w:left="851" w:right="709"/>
+      <w:ind w:left="851" w:right="851"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Arial Narrow" w:hAnsi="Gill Sans MT" w:cs="Arial Narrow"/>
         <w:bCs/>
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Arial Narrow" w:hAnsi="Gill Sans MT" w:cs="Arial Narrow"/>
         <w:bCs/>
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">        </w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="00503FB6" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
-    <w:r w:rsidR="00020252">
+    <w:r w:rsidR="00020252" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="00503FB6" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>, n. X</w:t>
     </w:r>
-    <w:r w:rsidR="00020252">
+    <w:r w:rsidR="00020252" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>X</w:t>
     </w:r>
-    <w:r w:rsidR="000C230E">
+    <w:r w:rsidR="000C230E" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>, anno</w:t>
     </w:r>
-    <w:r w:rsidR="00020252">
+    <w:r w:rsidR="00020252" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="00503FB6" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>– ISSN 2282-5460</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="6A2D5EE9" w14:textId="77777777" w:rsidR="00D04EF8" w:rsidRPr="00503FB6" w:rsidRDefault="000C230E" w:rsidP="004E469C">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6A2D5EE9" w14:textId="39DD23E0" w:rsidR="00D04EF8" w:rsidRPr="000408ED" w:rsidRDefault="00C30EF5" w:rsidP="000408ED">
     <w:pPr>
       <w:pStyle w:val="NormaleWeb"/>
       <w:spacing w:before="480" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-      <w:ind w:left="851" w:right="709"/>
-[...1 lines deleted...]
-        <w:color w:val="000000"/>
+      <w:ind w:left="851" w:right="879"/>
+      <w:rPr>
+        <w:color w:val="213D72"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>I c</w:t>
+      <w:t>I</w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6">
+    <w:r w:rsidR="000C230E" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="003D5068">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>C</w:t>
+    </w:r>
+    <w:r w:rsidR="00503FB6" w:rsidRPr="000408ED">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
       <w:t xml:space="preserve">astelli di Yale online. </w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="003D5068">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:smallCaps/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Annali di Filosofia  </w:t>
+      <w:t>Rivista</w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="00503FB6" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:smallCaps/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
+      <w:t xml:space="preserve"> di Filosofia  </w:t>
+    </w:r>
+    <w:r w:rsidR="00503FB6" w:rsidRPr="000408ED">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
       <w:t xml:space="preserve">                                                                             </w:t>
     </w:r>
-    <w:r w:rsidR="00D23D43">
+    <w:r w:rsidR="00D23D43" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">               </w:t>
+      <w:t xml:space="preserve">              </w:t>
     </w:r>
-    <w:r w:rsidR="0063648D" w:rsidRPr="0063648D">
+    <w:r w:rsidR="0063648D" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="0063648D" w:rsidRPr="0063648D">
+    <w:r w:rsidR="0063648D" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
     </w:r>
-    <w:r w:rsidR="0063648D" w:rsidRPr="0063648D">
+    <w:r w:rsidR="0063648D" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="0063648D" w:rsidRPr="0063648D">
+    <w:r w:rsidR="0063648D" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>1</w:t>
     </w:r>
-    <w:r w:rsidR="0063648D" w:rsidRPr="0063648D">
+    <w:r w:rsidR="0063648D" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="007C2BF0" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="007C2BF0" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
-    <w:r w:rsidR="00020252">
+    <w:r w:rsidR="00020252" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="007C2BF0" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="007C2BF0" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>, n. X</w:t>
     </w:r>
-    <w:r w:rsidR="00020252">
+    <w:r w:rsidR="00020252" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>X</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="000C230E" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>, anno</w:t>
     </w:r>
-    <w:r w:rsidR="007C2BF0" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="007C2BF0" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> – ISSN 2282-5460</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="36C52D43" w14:textId="77777777" w:rsidR="00D04EF8" w:rsidRDefault="00D04EF8">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0769E137" w14:textId="77777777" w:rsidR="008E0578" w:rsidRDefault="008E0578"/>
+    <w:p w14:paraId="073AE539" w14:textId="77777777" w:rsidR="00B22786" w:rsidRDefault="00B22786"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="698512C3" w14:textId="77777777" w:rsidR="008E0578" w:rsidRDefault="008E0578"/>
+    <w:p w14:paraId="1A3787CE" w14:textId="77777777" w:rsidR="00B22786" w:rsidRDefault="00B22786"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3EA9C7D5" w14:textId="77777777" w:rsidR="008E0578" w:rsidRDefault="008E0578"/>
+    <w:p w14:paraId="3EAED9CE" w14:textId="77777777" w:rsidR="00B22786" w:rsidRDefault="00B22786"/>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p w14:paraId="3031795E" w14:textId="77777777" w:rsidR="00020252" w:rsidRPr="00E3262E" w:rsidRDefault="00020252" w:rsidP="004C1415">
       <w:pPr>
         <w:pStyle w:val="Footnote"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001F42A2" w:rsidRPr="001F42A2">
-        <w:t xml:space="preserve">Footnote </w:t>
-[...157 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote</w:t>
+      </w:r>
       <w:r w:rsidRPr="001F42A2">
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p w14:paraId="7509E270" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRPr="007519F3" w:rsidRDefault="00F7282C" w:rsidP="00F7282C">
       <w:pPr>
         <w:pStyle w:val="Testonotaapidipagina"/>
         <w:ind w:right="707"/>
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r w:rsidRPr="007519F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="007519F3" w:rsidRPr="001F42A2">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">Footnote </w:t>
-[...274 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote Footnote</w:t>
+      </w:r>
       <w:r w:rsidR="007519F3">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="03FDF534" w14:textId="77777777" w:rsidR="00D04EF8" w:rsidRPr="00503FB6" w:rsidRDefault="001F42A2" w:rsidP="00E3262E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="03FDF534" w14:textId="77777777" w:rsidR="00D04EF8" w:rsidRPr="000408ED" w:rsidRDefault="001F42A2" w:rsidP="00E3262E">
     <w:pPr>
       <w:pStyle w:val="namefront"/>
       <w:rPr>
         <w:rStyle w:val="Enfasicorsivo"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
+        <w:color w:val="213D72"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="000408ED">
       <w:rPr>
         <w:rStyle w:val="Enfasicorsivo"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
+        <w:color w:val="213D72"/>
       </w:rPr>
       <w:t>First name Last name</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="67FFC563" w14:textId="77777777" w:rsidR="00D04EF8" w:rsidRPr="00503FB6" w:rsidRDefault="001F42A2" w:rsidP="004C1415">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="67FFC563" w14:textId="77777777" w:rsidR="00D04EF8" w:rsidRPr="000408ED" w:rsidRDefault="001F42A2" w:rsidP="004C1415">
     <w:pPr>
       <w:pStyle w:val="Titlefront"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Arial Narrow"/>
+        <w:color w:val="213D72"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="004C1415">
+    <w:r w:rsidRPr="000408ED">
       <w:rPr>
         <w:rStyle w:val="Enfasicorsivo"/>
         <w:i/>
         <w:iCs w:val="0"/>
+        <w:color w:val="213D72"/>
       </w:rPr>
       <w:t>Title</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="13F1E20E" w14:textId="77777777" w:rsidR="00503FB6" w:rsidRDefault="00CD30A2" w:rsidP="00503FB6">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="13F1E20E" w14:textId="0B282449" w:rsidR="00503FB6" w:rsidRPr="000408ED" w:rsidRDefault="00C30EF5" w:rsidP="000408ED">
     <w:pPr>
       <w:pStyle w:val="NormaleWeb"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-      <w:ind w:right="707"/>
+      <w:ind w:right="851"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:color w:val="000000"/>
+        <w:color w:val="213D72"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>I c</w:t>
+      <w:t>I</w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6">
+    <w:r w:rsidR="00CD30A2" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidR="002843BC">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>C</w:t>
+    </w:r>
+    <w:r w:rsidR="00503FB6" w:rsidRPr="000408ED">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
       <w:t xml:space="preserve">astelli di Yale online. </w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="003D5068">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:smallCaps/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Annali di Filosofia</w:t>
+      <w:t>Rivista</w:t>
+    </w:r>
+    <w:r w:rsidR="00503FB6" w:rsidRPr="000408ED">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:smallCaps/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> di Filosofia</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4179E18B" w14:textId="77777777" w:rsidR="00D04EF8" w:rsidRPr="00503FB6" w:rsidRDefault="00503FB6" w:rsidP="00503FB6">
+  <w:p w14:paraId="4179E18B" w14:textId="77777777" w:rsidR="00D04EF8" w:rsidRPr="000408ED" w:rsidRDefault="00503FB6" w:rsidP="000408ED">
     <w:pPr>
       <w:pStyle w:val="NormaleWeb"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="480" w:afterAutospacing="0"/>
-      <w:ind w:right="707"/>
+      <w:ind w:right="851"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:color w:val="000000"/>
+        <w:color w:val="213D72"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
-    <w:r w:rsidR="00CD30A2">
+    <w:r w:rsidR="00CD30A2" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">, n. </w:t>
     </w:r>
-    <w:r w:rsidR="00020252">
+    <w:r w:rsidR="00020252" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>XX</w:t>
     </w:r>
-    <w:r w:rsidR="00CD30A2">
+    <w:r w:rsidR="00CD30A2" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>, anno</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">, pp. </w:t>
     </w:r>
-    <w:r w:rsidR="00020252">
+    <w:r w:rsidR="00020252" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidR="00020252">
+    <w:r w:rsidR="00020252" w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="000408ED">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> – ISSN 2282-5460</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="011D6801"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B17C88F4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1211" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1514" w:hanging="380"/>
       </w:pPr>
@@ -7780,131 +4077,138 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1127041294">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1737777085">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="529342084">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2140613402">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="5025" w:allStyles="1" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="1" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0032688D"/>
     <w:rsid w:val="000112F0"/>
     <w:rsid w:val="00012E6B"/>
     <w:rsid w:val="000176A8"/>
     <w:rsid w:val="00020252"/>
     <w:rsid w:val="00022CA8"/>
+    <w:rsid w:val="000408ED"/>
     <w:rsid w:val="00063579"/>
     <w:rsid w:val="00072F6A"/>
     <w:rsid w:val="000771AF"/>
     <w:rsid w:val="00096AEA"/>
     <w:rsid w:val="000B052E"/>
     <w:rsid w:val="000C230E"/>
     <w:rsid w:val="000C637A"/>
     <w:rsid w:val="000D5F36"/>
     <w:rsid w:val="0010559E"/>
     <w:rsid w:val="00106BF3"/>
     <w:rsid w:val="001351BD"/>
     <w:rsid w:val="00143018"/>
     <w:rsid w:val="001703A9"/>
     <w:rsid w:val="00183D07"/>
     <w:rsid w:val="001A76D7"/>
     <w:rsid w:val="001E0CA7"/>
     <w:rsid w:val="001F42A2"/>
     <w:rsid w:val="001F53E0"/>
     <w:rsid w:val="00234D6D"/>
     <w:rsid w:val="0025243D"/>
     <w:rsid w:val="00255A01"/>
     <w:rsid w:val="00276DEB"/>
+    <w:rsid w:val="002843BC"/>
     <w:rsid w:val="00287DD4"/>
     <w:rsid w:val="00287E28"/>
     <w:rsid w:val="00291603"/>
     <w:rsid w:val="00297058"/>
     <w:rsid w:val="002A28CE"/>
     <w:rsid w:val="002A4686"/>
     <w:rsid w:val="002A5BC2"/>
     <w:rsid w:val="002C0415"/>
     <w:rsid w:val="002C4C14"/>
     <w:rsid w:val="002F338C"/>
     <w:rsid w:val="003128FE"/>
     <w:rsid w:val="00317CFD"/>
     <w:rsid w:val="00326043"/>
     <w:rsid w:val="0032688D"/>
     <w:rsid w:val="003353D6"/>
     <w:rsid w:val="003367C7"/>
     <w:rsid w:val="00350D86"/>
+    <w:rsid w:val="00362D3E"/>
     <w:rsid w:val="003651CA"/>
     <w:rsid w:val="00366232"/>
     <w:rsid w:val="00376ADB"/>
     <w:rsid w:val="00391087"/>
     <w:rsid w:val="00395373"/>
     <w:rsid w:val="00397614"/>
     <w:rsid w:val="003D4BEE"/>
+    <w:rsid w:val="003D5068"/>
     <w:rsid w:val="003E4F5C"/>
+    <w:rsid w:val="003F068C"/>
     <w:rsid w:val="004063A5"/>
     <w:rsid w:val="004074F1"/>
     <w:rsid w:val="00415DF1"/>
     <w:rsid w:val="00432072"/>
     <w:rsid w:val="0045191A"/>
     <w:rsid w:val="004550EA"/>
     <w:rsid w:val="00461286"/>
     <w:rsid w:val="00461CCE"/>
     <w:rsid w:val="004642B5"/>
     <w:rsid w:val="00471AAD"/>
     <w:rsid w:val="00476D98"/>
     <w:rsid w:val="00492BD1"/>
     <w:rsid w:val="00494F0F"/>
     <w:rsid w:val="004A119B"/>
     <w:rsid w:val="004A3BB7"/>
     <w:rsid w:val="004B0DAC"/>
     <w:rsid w:val="004C1415"/>
     <w:rsid w:val="004C183E"/>
     <w:rsid w:val="004C27A2"/>
     <w:rsid w:val="004D18EE"/>
     <w:rsid w:val="004D3466"/>
     <w:rsid w:val="004D56E9"/>
     <w:rsid w:val="004E469C"/>
     <w:rsid w:val="00503FB6"/>
     <w:rsid w:val="00506EAC"/>
@@ -7976,150 +4280,153 @@
     <w:rsid w:val="00996769"/>
     <w:rsid w:val="009C45B4"/>
     <w:rsid w:val="009C4C41"/>
     <w:rsid w:val="009C6702"/>
     <w:rsid w:val="009E69D0"/>
     <w:rsid w:val="00A12B9C"/>
     <w:rsid w:val="00A155D9"/>
     <w:rsid w:val="00A21AE4"/>
     <w:rsid w:val="00A274AF"/>
     <w:rsid w:val="00A33A30"/>
     <w:rsid w:val="00A52BF1"/>
     <w:rsid w:val="00A735DA"/>
     <w:rsid w:val="00A73A04"/>
     <w:rsid w:val="00AA73C0"/>
     <w:rsid w:val="00AA7D86"/>
     <w:rsid w:val="00AC4AC4"/>
     <w:rsid w:val="00AD3CA3"/>
     <w:rsid w:val="00AF1D0C"/>
     <w:rsid w:val="00AF28A9"/>
     <w:rsid w:val="00AF2AC7"/>
     <w:rsid w:val="00AF3E1B"/>
     <w:rsid w:val="00AF47BA"/>
     <w:rsid w:val="00AF4B5D"/>
     <w:rsid w:val="00B052DF"/>
     <w:rsid w:val="00B10C8F"/>
+    <w:rsid w:val="00B22786"/>
     <w:rsid w:val="00B36855"/>
     <w:rsid w:val="00B557DA"/>
     <w:rsid w:val="00B62DC3"/>
     <w:rsid w:val="00B74C08"/>
     <w:rsid w:val="00B86904"/>
     <w:rsid w:val="00B90D82"/>
     <w:rsid w:val="00B97519"/>
     <w:rsid w:val="00BC21C0"/>
     <w:rsid w:val="00BE06CC"/>
     <w:rsid w:val="00BE3597"/>
     <w:rsid w:val="00BE6DF1"/>
     <w:rsid w:val="00BF2D63"/>
     <w:rsid w:val="00BF5ACD"/>
     <w:rsid w:val="00BF5C1A"/>
+    <w:rsid w:val="00C30EF5"/>
     <w:rsid w:val="00C54861"/>
     <w:rsid w:val="00C62E5F"/>
     <w:rsid w:val="00C72712"/>
     <w:rsid w:val="00C7276C"/>
     <w:rsid w:val="00C750F3"/>
     <w:rsid w:val="00C76C52"/>
     <w:rsid w:val="00CA07ED"/>
     <w:rsid w:val="00CD2681"/>
     <w:rsid w:val="00CD30A2"/>
     <w:rsid w:val="00CF0CD1"/>
     <w:rsid w:val="00CF442F"/>
     <w:rsid w:val="00CF55EE"/>
     <w:rsid w:val="00D04EF8"/>
     <w:rsid w:val="00D23297"/>
     <w:rsid w:val="00D23D43"/>
     <w:rsid w:val="00D50BDD"/>
     <w:rsid w:val="00D73372"/>
     <w:rsid w:val="00D8023A"/>
     <w:rsid w:val="00D9570B"/>
     <w:rsid w:val="00D96163"/>
     <w:rsid w:val="00D97435"/>
     <w:rsid w:val="00DA3D5E"/>
     <w:rsid w:val="00DB60F1"/>
     <w:rsid w:val="00DC5D41"/>
+    <w:rsid w:val="00DE1F68"/>
     <w:rsid w:val="00DE7B37"/>
     <w:rsid w:val="00DF7EE1"/>
     <w:rsid w:val="00E17C83"/>
     <w:rsid w:val="00E20DFF"/>
     <w:rsid w:val="00E23AB3"/>
     <w:rsid w:val="00E3176C"/>
     <w:rsid w:val="00E3262E"/>
     <w:rsid w:val="00E5634E"/>
     <w:rsid w:val="00E75FAC"/>
     <w:rsid w:val="00E805F2"/>
     <w:rsid w:val="00E82764"/>
     <w:rsid w:val="00E86D7E"/>
     <w:rsid w:val="00EA2099"/>
     <w:rsid w:val="00EA7E6A"/>
     <w:rsid w:val="00EF3D2A"/>
     <w:rsid w:val="00F13AA2"/>
     <w:rsid w:val="00F17D39"/>
     <w:rsid w:val="00F231FC"/>
     <w:rsid w:val="00F264D5"/>
     <w:rsid w:val="00F337E5"/>
     <w:rsid w:val="00F42786"/>
     <w:rsid w:val="00F56A7F"/>
     <w:rsid w:val="00F632ED"/>
     <w:rsid w:val="00F7282C"/>
     <w:rsid w:val="00FA3484"/>
     <w:rsid w:val="00FD3518"/>
     <w:rsid w:val="00FE0E2B"/>
     <w:rsid w:val="00FE4EAA"/>
     <w:rsid w:val="00FF1B2E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="02A8B5A7"/>
   <w15:docId w15:val="{29F57CAF-3C27-4394-863F-A6C1F2ED8DB7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -9338,51 +5645,51 @@
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E3262E"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Titolo1Carattere">
     <w:name w:val="Titolo 1 Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Titolo1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00287DD4"/>
     <w:rPr>
       <w:b/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400254065">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="421683695">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -9973,73 +6280,73 @@
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4A5E321-CAFE-4D73-B7A4-06B0003CA237}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Template article(eng)-modello</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1689</Words>
-  <Characters>8298</Characters>
+  <Words>1529</Words>
+  <Characters>8502</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>145</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>130</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9950</CharactersWithSpaces>
+  <CharactersWithSpaces>10009</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Andrea</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>f4143984daaecd7df97a18df80869bc13b6128efcc836680e4101bbff2296549</vt:lpwstr>
   </property>
 </Properties>
 </file>