--- v0 (2025-10-11)
+++ v1 (2026-02-06)
@@ -9,1790 +9,1697 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6E146DD2" w14:textId="298821C1" w:rsidR="009578E2" w:rsidRPr="00CD30A2" w:rsidRDefault="00020252" w:rsidP="004C27A2">
+    <w:p w14:paraId="6E146DD2" w14:textId="298821C1" w:rsidR="009578E2" w:rsidRPr="00295537" w:rsidRDefault="00020252" w:rsidP="00295537">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2868"/>
         </w:tabs>
         <w:spacing w:before="600"/>
-        <w:ind w:left="851" w:right="709"/>
+        <w:ind w:left="851" w:right="851"/>
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="243F60"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD30A2">
+      <w:r w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasicorsivo"/>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Gill Sans"/>
           <w:i w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t>Titolo articolo</w:t>
       </w:r>
-      <w:r w:rsidR="00317CFD" w:rsidRPr="00CD30A2">
+      <w:r w:rsidR="00317CFD" w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Calibri"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:i/>
           <w:iCs/>
-          <w:color w:val="243F60"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="44D8105F" w14:textId="3C9D9C74" w:rsidR="00E20DFF" w:rsidRPr="00CD30A2" w:rsidRDefault="00020252" w:rsidP="00503FB6">
+    <w:p w14:paraId="44D8105F" w14:textId="3C9D9C74" w:rsidR="00E20DFF" w:rsidRPr="00295537" w:rsidRDefault="00020252" w:rsidP="00295537">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2868"/>
         </w:tabs>
-        <w:ind w:left="851" w:right="709"/>
+        <w:ind w:left="851" w:right="851"/>
         <w:rPr>
           <w:rStyle w:val="Enfasicorsivo"/>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Gill Sans"/>
           <w:i w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00CD30A2">
+      <w:r w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasicorsivo"/>
           <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT" w:cs="Gill Sans"/>
           <w:i w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
         </w:rPr>
         <w:t>Eventuale sottotitolo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2CC5ACEA" w14:textId="162D0524" w:rsidR="00E20DFF" w:rsidRPr="00B10C8F" w:rsidRDefault="00020252" w:rsidP="007C2BF0">
+    <w:p w14:paraId="2CC5ACEA" w14:textId="162D0524" w:rsidR="00E20DFF" w:rsidRPr="00295537" w:rsidRDefault="00020252" w:rsidP="00295537">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2868"/>
         </w:tabs>
         <w:spacing w:before="120" w:after="720"/>
-        <w:ind w:left="851"/>
+        <w:ind w:left="851" w:right="851"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:b/>
-          <w:color w:val="243F60"/>
+          <w:color w:val="213D72"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
         </w:rPr>
         <w:t>Nome Cognome</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11BF74A7" w14:textId="0A6FC944" w:rsidR="0077036D" w:rsidRDefault="00503FB6" w:rsidP="003E4F5C">
+    <w:p w14:paraId="11BF74A7" w14:textId="51F221AC" w:rsidR="0077036D" w:rsidRPr="00295537" w:rsidRDefault="00503FB6" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:left="851" w:right="709"/>
+        <w:ind w:left="851" w:right="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
-          <w:i/>
-[...2 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B10C8F">
+      <w:r w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="376092"/>
-[...23 lines deleted...]
-          <w:lang w:val="en-GB"/>
+          <w:color w:val="213D72"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Abstract. </w:t>
+      </w:r>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">Abstract </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidR="00020252">
-[...5 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
-[...16 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>abstract</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00317CFD" w:rsidRPr="00317CFD">
-[...5 lines deleted...]
-          <w:lang w:val="en-GB"/>
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk219108476"/>
+      <w:r w:rsidR="00295537" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Max 100 parole</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A68E965" w14:textId="77777777" w:rsidR="005E2EF8" w:rsidRPr="003E4F5C" w:rsidRDefault="005E2EF8" w:rsidP="003E4F5C">
+    <w:p w14:paraId="5A68E965" w14:textId="77777777" w:rsidR="005E2EF8" w:rsidRPr="00295537" w:rsidRDefault="005E2EF8" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:left="851" w:right="709"/>
+        <w:ind w:left="851" w:right="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0F3C64C8" w14:textId="77777777" w:rsidR="00020252" w:rsidRDefault="00FF1B2E" w:rsidP="00020252">
+    <w:p w14:paraId="0F3C64C8" w14:textId="3651990F" w:rsidR="00020252" w:rsidRDefault="00FF1B2E" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:left="851" w:right="707"/>
+        <w:ind w:left="851" w:right="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00503FB6">
+      <w:r w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Riassunto</w:t>
       </w:r>
-      <w:r w:rsidR="00376ADB" w:rsidRPr="00503FB6">
+      <w:r w:rsidR="00376ADB" w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E75FAC">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Riassunto </w:t>
+        <w:t xml:space="preserve">Riassunto riassunto </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>riassunto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
+        <w:t>riassunto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00020252" w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>riassunto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00020252" w:rsidRPr="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00020252">
         <w:rPr>
@@ -2919,150 +2826,157 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>riassunto</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00020252" w:rsidRPr="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>riassunto</w:t>
-[...11 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>riassunt</w:t>
+      </w:r>
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>o</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00295537" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Max 100 parole</w:t>
+      </w:r>
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:iCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
       <w:r w:rsidR="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>riassunto</w:t>
-[...28 lines deleted...]
-        </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="10EE9F89" w14:textId="5380CCC4" w:rsidR="00376ADB" w:rsidRPr="00E75FAC" w:rsidRDefault="00020252" w:rsidP="00020252">
+    <w:p w14:paraId="10EE9F89" w14:textId="5380CCC4" w:rsidR="00376ADB" w:rsidRPr="00E75FAC" w:rsidRDefault="00020252" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:left="851" w:right="707"/>
+        <w:ind w:left="851" w:right="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="130696F5" w14:textId="07D07E8F" w:rsidR="0077036D" w:rsidRDefault="00F264D5" w:rsidP="003E4F5C">
+    <w:p w14:paraId="130696F5" w14:textId="6BDBD083" w:rsidR="0077036D" w:rsidRDefault="00F264D5" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:left="851" w:right="707"/>
+        <w:ind w:left="851" w:right="851"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B10C8F">
+      <w:r w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Keywords.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00317CFD">
-[...1 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+      <w:r w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Keyword</w:t>
       </w:r>
       <w:r w:rsidR="00317CFD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00020252">
@@ -3088,246 +3002,326 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Keyword,</w:t>
       </w:r>
       <w:r w:rsidR="00020252" w:rsidRPr="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Keyword</w:t>
       </w:r>
-      <w:r w:rsidR="00317CFD" w:rsidRPr="00317CFD">
+      <w:r w:rsidR="00295537">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>.</w:t>
+        <w:t xml:space="preserve"> (</w:t>
+      </w:r>
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00295537" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>ax 5 parole</w:t>
+      </w:r>
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16AEFA5C" w14:textId="77777777" w:rsidR="005E2EF8" w:rsidRPr="00317CFD" w:rsidRDefault="005E2EF8" w:rsidP="003E4F5C">
+    <w:p w14:paraId="16AEFA5C" w14:textId="77777777" w:rsidR="005E2EF8" w:rsidRPr="00317CFD" w:rsidRDefault="005E2EF8" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:left="851" w:right="707"/>
+        <w:ind w:left="851" w:right="851"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5BB256D6" w14:textId="5C9B5BF9" w:rsidR="00350D86" w:rsidRPr="00350D86" w:rsidRDefault="00350D86" w:rsidP="00350D86">
+    <w:p w14:paraId="5BB256D6" w14:textId="746E5D5F" w:rsidR="00350D86" w:rsidRPr="00295537" w:rsidRDefault="00350D86" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:left="851" w:right="707"/>
+        <w:ind w:left="851" w:right="851"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00503FB6">
+      <w:r w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Parole chiave.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E75FAC">
-[...2 lines deleted...]
-          <w:color w:val="7F6000"/>
+      <w:r w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Parola chiave</w:t>
       </w:r>
       <w:r w:rsidR="00317CFD" w:rsidRPr="00317CFD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Parola chiave</w:t>
       </w:r>
       <w:r w:rsidR="00317CFD" w:rsidRPr="00317CFD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Parola chiave, Parola chiave, Parola chiave</w:t>
       </w:r>
-      <w:r w:rsidR="00317CFD" w:rsidRPr="00317CFD">
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00295537" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00295537" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00295537" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ax 5 parole</w:t>
+      </w:r>
+      <w:r w:rsidR="00295537" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00295537">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="502BE8D7" w14:textId="77777777" w:rsidR="00E20DFF" w:rsidRPr="00E75FAC" w:rsidRDefault="00E20DFF" w:rsidP="007C2BF0">
+    <w:p w14:paraId="502BE8D7" w14:textId="77777777" w:rsidR="00E20DFF" w:rsidRPr="00E75FAC" w:rsidRDefault="00E20DFF" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:right="707"/>
+        <w:ind w:right="851"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="02E1FD3F" w14:textId="6EAD56BC" w:rsidR="005B5CDC" w:rsidRPr="000771AF" w:rsidRDefault="00020252" w:rsidP="00020252">
+    <w:p w14:paraId="02E1FD3F" w14:textId="5DB65E12" w:rsidR="005B5CDC" w:rsidRPr="000771AF" w:rsidRDefault="00020252" w:rsidP="00295537">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="850"/>
+        <w:spacing w:after="720"/>
+        <w:ind w:left="851" w:right="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Nome Cognome</w:t>
       </w:r>
-      <w:r w:rsidR="00317CFD" w:rsidRPr="00317CFD">
+      <w:r w:rsidR="00317CFD" w:rsidRPr="00295537">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:color w:val="7F6000"/>
-[...13 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+          <w:color w:val="213D72"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>biografia</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
-      <w:r>
+      <w:r w:rsidR="00295537">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>biografia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>biografia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>biografia</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>biografia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -4220,103 +4214,136 @@
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>biografia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>biografia</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00317CFD" w:rsidRPr="000771AF">
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00295537" w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>max 100 parole</w:t>
+      </w:r>
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00295537">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidR="00376ADB" w:rsidRPr="000771AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005B5CDC" w:rsidRPr="000771AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00376ADB" w:rsidRPr="000771AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:br/>
       </w:r>
-      <w:r w:rsidR="007C2BF0" w:rsidRPr="00503FB6">
+      <w:r w:rsidR="007C2BF0" w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
           <w:smallCaps/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Email:</w:t>
       </w:r>
-      <w:r w:rsidR="007C2BF0" w:rsidRPr="003128FE">
+      <w:r w:rsidR="007C2BF0" w:rsidRPr="00295537">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:b/>
-          <w:color w:val="243F60"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>abcd.efgh</w:t>
       </w:r>
       <w:r w:rsidR="00317CFD" w:rsidRPr="000771AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>@</w:t>
       </w:r>
@@ -4326,311 +4353,834 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>ijklmn</w:t>
       </w:r>
       <w:r w:rsidR="00317CFD" w:rsidRPr="000771AF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>opqr</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:val="de-DE"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="10962339" w14:textId="77777777" w:rsidR="00FA3484" w:rsidRPr="000771AF" w:rsidRDefault="00FA3484" w:rsidP="00376ADB">
-[...236 lines deleted...]
-    <w:p w14:paraId="575C22C6" w14:textId="53BEAEC1" w:rsidR="00020252" w:rsidRDefault="00020252" w:rsidP="00020252">
+    <w:p w14:paraId="575C22C6" w14:textId="53BEAEC1" w:rsidR="00020252" w:rsidRDefault="00020252" w:rsidP="00295537">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t>Corpo del testo articolo Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4C14" w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>: «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>infratesto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Citazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>infratesto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>infratesto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>infratesto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>infratesto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>infratesto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>infratesto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>infratesto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>infratesto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>infratesto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>infratesto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>infratesto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>infratesto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>infratesto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>infratesto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002C4C14" w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>» (C</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ognome</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4C14" w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>anno</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4C14" w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="002C4C14" w:rsidRPr="002C4C14">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">). </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Corpo del testo articolo Corpo del testo articolo</w:t>
+        <w:t xml:space="preserve">articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo </w:t>
       </w:r>
       <w:r w:rsidRPr="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">text of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00020252">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rimandonotaapidipagina"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corpo del testo articolo</w:t>
       </w:r>
       <w:r w:rsidRPr="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
@@ -4662,864 +5212,121 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corpo del testo articolo</w:t>
       </w:r>
       <w:r w:rsidRPr="00020252">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>Corpo del testo articolo</w:t>
-[...741 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Corpo del testo articolo. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="562B6BF9" w14:textId="77777777" w:rsidR="004E469C" w:rsidRDefault="004E469C" w:rsidP="00AF4B5D">
+    <w:p w14:paraId="562B6BF9" w14:textId="77777777" w:rsidR="004E469C" w:rsidRDefault="004E469C" w:rsidP="00295537">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="543A57C1" w14:textId="77777777" w:rsidR="00B10C8F" w:rsidRDefault="00B10C8F" w:rsidP="00AF4B5D">
+    <w:p w14:paraId="543A57C1" w14:textId="77777777" w:rsidR="00B10C8F" w:rsidRDefault="00B10C8F" w:rsidP="00295537">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C8B8895" w14:textId="1F0DBC05" w:rsidR="00D97435" w:rsidRDefault="004E469C" w:rsidP="004E469C">
+    <w:p w14:paraId="7C8B8895" w14:textId="1F0DBC05" w:rsidR="00D97435" w:rsidRPr="00295537" w:rsidRDefault="004E469C" w:rsidP="00295537">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:right="709" w:firstLine="851"/>
+        <w:ind w:right="851" w:firstLine="851"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidR="00F7282C">
+      <w:r w:rsidR="00F7282C" w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
         </w:rPr>
         <w:t>Titolo del paragrafo</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="27FC7461" w14:textId="77777777" w:rsidR="004E469C" w:rsidRDefault="004E469C" w:rsidP="00AF4B5D">
+    <w:p w14:paraId="27FC7461" w14:textId="77777777" w:rsidR="004E469C" w:rsidRDefault="004E469C" w:rsidP="00295537">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="787E6B68" w14:textId="7E2316F6" w:rsidR="00471AAD" w:rsidRDefault="00F7282C" w:rsidP="00F7282C">
+    <w:p w14:paraId="787E6B68" w14:textId="7E2316F6" w:rsidR="00471AAD" w:rsidRDefault="00F7282C" w:rsidP="00295537">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corpo del testo articolo</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7282C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -5836,1688 +5643,1668 @@
       <w:r w:rsidRPr="00F7282C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Corpo del testo articolo</w:t>
       </w:r>
       <w:r w:rsidR="00D97435" w:rsidRPr="00D97435">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0673D17B" w14:textId="77777777" w:rsidR="00E20DFF" w:rsidRPr="005B5CDC" w:rsidRDefault="00E20DFF" w:rsidP="00376ADB">
+    <w:p w14:paraId="0673D17B" w14:textId="77777777" w:rsidR="00E20DFF" w:rsidRPr="005B5CDC" w:rsidRDefault="00E20DFF" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:right="566"/>
+        <w:ind w:right="851"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="793EF209" w14:textId="50B7FB4A" w:rsidR="004063A5" w:rsidRPr="004E469C" w:rsidRDefault="007C2BF0" w:rsidP="004E469C">
+    <w:p w14:paraId="793EF209" w14:textId="50B7FB4A" w:rsidR="004063A5" w:rsidRPr="00295537" w:rsidRDefault="007C2BF0" w:rsidP="00295537">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:ind w:right="709" w:firstLine="1134"/>
+        <w:ind w:right="851" w:firstLine="1134"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004E469C">
+      <w:r w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>1.</w:t>
       </w:r>
-      <w:r w:rsidR="00D97435" w:rsidRPr="004E469C">
+      <w:r w:rsidR="00D97435" w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1. </w:t>
       </w:r>
-      <w:r w:rsidR="00F7282C">
+      <w:r w:rsidR="00F7282C" w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="00F7282C">
+          <w:color w:val="213D72"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Titolo sottocapitolo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A30DC7" w14:textId="2C9268F5" w:rsidR="00835800" w:rsidRPr="00835800" w:rsidRDefault="00835800" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C49599F" w14:textId="6881E0FB" w:rsidR="00E86D7E" w:rsidRDefault="00F7282C" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63739A9F" w14:textId="77777777" w:rsidR="00E86D7E" w:rsidRDefault="00E86D7E" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1669454F" w14:textId="2E49A0CD" w:rsidR="00E86D7E" w:rsidRPr="00BF5ACD" w:rsidRDefault="00F7282C" w:rsidP="00295537">
+      <w:pPr>
+        <w:ind w:left="1134" w:right="851" w:firstLine="142"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Citazione </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F7282C">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Citazione</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E86D7E" w:rsidRPr="00E86D7E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>. (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Cognome</w:t>
+      </w:r>
+      <w:r w:rsidR="00E86D7E" w:rsidRPr="00E86D7E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>anno,</w:t>
+      </w:r>
+      <w:r w:rsidR="00E86D7E" w:rsidRPr="00E86D7E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>pp.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E86D7E" w:rsidRPr="00E86D7E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="053D2962" w14:textId="522E555E" w:rsidR="00E86D7E" w:rsidRDefault="00E86D7E" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0251191F" w14:textId="34A49CD5" w:rsidR="00F7282C" w:rsidRDefault="00F7282C" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo</w:t>
+      </w:r>
+      <w:r w:rsidR="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41A70112" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRDefault="00F7282C" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Rimandonotaapidipagina"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:footnoteReference w:id="3"/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B862AC6" w14:textId="4EE00BEA" w:rsidR="00CD2681" w:rsidRDefault="00CD2681" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22536746" w14:textId="7B3F2E7D" w:rsidR="00072F6A" w:rsidRPr="00295537" w:rsidRDefault="00EA7E6A" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:right="851" w:firstLine="1134"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
-[...13 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:color w:val="213D72"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...1147 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="004E469C">
+          <w:color w:val="213D72"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="00072F6A" w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00072F6A" w:rsidRPr="004E469C">
+          <w:color w:val="213D72"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00F7282C" w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00F7282C">
+          <w:color w:val="213D72"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00072F6A" w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00072F6A" w:rsidRPr="004E469C">
+          <w:color w:val="213D72"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7282C" w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
-[...5 lines deleted...]
-      <w:r w:rsidR="00F7282C">
+          <w:color w:val="213D72"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Titolo sottoparagrafo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74ADB933" w14:textId="77777777" w:rsidR="00072F6A" w:rsidRPr="00F632ED" w:rsidRDefault="00072F6A" w:rsidP="00295537">
+      <w:pPr>
+        <w:pStyle w:val="Paragrafoelenco"/>
+        <w:ind w:left="1514" w:right="851"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:color w:val="7F6000"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6573E66B" w14:textId="3130AD8E" w:rsidR="00471AAD" w:rsidRDefault="00F7282C" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="178DAF03" w14:textId="77777777" w:rsidR="00234D6D" w:rsidRDefault="00234D6D" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="490169AF" w14:textId="77777777" w:rsidR="00B10C8F" w:rsidRDefault="00B10C8F" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7963C087" w14:textId="22CE7CA3" w:rsidR="00D50BDD" w:rsidRPr="00295537" w:rsidRDefault="00EA7E6A" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:right="851" w:firstLine="851"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
-[...13 lines deleted...]
-          <w:color w:val="7F6000"/>
+          <w:color w:val="213D72"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...48 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004E469C">
+          <w:color w:val="213D72"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00D50BDD" w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00D50BDD" w:rsidRPr="004E469C">
+          <w:color w:val="213D72"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00F7282C" w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F7282C">
+          <w:color w:val="213D72"/>
+        </w:rPr>
+        <w:t>Titolo paragrafo</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02DDF781" w14:textId="77777777" w:rsidR="00D50BDD" w:rsidRDefault="00D50BDD" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27F94055" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRDefault="00F7282C" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2025D047" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRDefault="00F7282C" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5194492F" w14:textId="6299F2EE" w:rsidR="00F7282C" w:rsidRDefault="00F7282C" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo. Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0826BBA3" w14:textId="77777777" w:rsidR="00F7282C" w:rsidRDefault="00F7282C" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04AF3BC3" w14:textId="7FF832A8" w:rsidR="00F7282C" w:rsidRDefault="00F7282C" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo. Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo Corpo del testo articolo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EAED239" w14:textId="77777777" w:rsidR="00D23D43" w:rsidRDefault="00D23D43" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="45C60DD1" w14:textId="77777777" w:rsidR="00295537" w:rsidRPr="007C2BF0" w:rsidRDefault="00295537" w:rsidP="00295537">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:ind w:right="851"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4FEB3B75" w14:textId="35F3A9F0" w:rsidR="00376ADB" w:rsidRPr="00295537" w:rsidRDefault="00376ADB" w:rsidP="00295537">
+      <w:pPr>
+        <w:ind w:left="851" w:right="851"/>
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
-[...12 lines deleted...]
-          <w:szCs w:val="22"/>
+          <w:color w:val="213D72"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...114 lines deleted...]
-        <w:ind w:left="851" w:right="567"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00295537">
         <w:rPr>
           <w:rStyle w:val="Enfasigrassetto"/>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
           <w:bCs w:val="0"/>
-          <w:color w:val="376092"/>
-[...9 lines deleted...]
-        <w:lastRenderedPageBreak/>
+          <w:color w:val="213D72"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
         <w:t>Bibliografia</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="04E6DA41" w14:textId="0E54D2C5" w:rsidR="00376ADB" w:rsidRDefault="00376ADB" w:rsidP="000176A8">
+    <w:p w14:paraId="04E6DA41" w14:textId="0E54D2C5" w:rsidR="00376ADB" w:rsidRPr="00295537" w:rsidRDefault="00376ADB" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1425612E" w14:textId="2D68B7E6" w:rsidR="006119A9" w:rsidRPr="00B10C8F" w:rsidRDefault="006119A9" w:rsidP="000176A8">
+    <w:p w14:paraId="1425612E" w14:textId="2D68B7E6" w:rsidR="006119A9" w:rsidRPr="00B10C8F" w:rsidRDefault="006119A9" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000771AF">
-[...3 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Allison, H. E. (1983). </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...54 lines deleted...]
-          <w:szCs w:val="22"/>
+      <w:r w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>Kant’s Transcendental Idealism</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00295537">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidRPr="00B10C8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>New Haven/London: Yale University Press.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2563CFD8" w14:textId="786B15A3" w:rsidR="006119A9" w:rsidRDefault="002F338C" w:rsidP="000176A8">
+    <w:p w14:paraId="2563CFD8" w14:textId="786B15A3" w:rsidR="006119A9" w:rsidRDefault="002F338C" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="006119A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Atlas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, S.</w:t>
@@ -7525,113 +7312,93 @@
       <w:r w:rsidRPr="006119A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006119A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(1969).</w:t>
       </w:r>
       <w:r w:rsidR="006119A9" w:rsidRPr="006119A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Solomon </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> Solomon Maimon's doctri</w:t>
+      </w:r>
+      <w:r w:rsidR="006119A9">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ne of fiction and imagination. </w:t>
+      </w:r>
       <w:r w:rsidR="006119A9" w:rsidRPr="006119A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Maimon's</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="006119A9" w:rsidRPr="006119A9">
+        <w:t>Hebrew Union College Annual</w:t>
+      </w:r>
+      <w:r w:rsidR="006119A9">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> doctri</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="006119A9">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="006119A9" w:rsidRPr="005E2EF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">ne of fiction and imagination. </w:t>
-[...26 lines deleted...]
-        </w:rPr>
         <w:t>40/41, 363-389.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03020C3F" w14:textId="7EDFF744" w:rsidR="00B36855" w:rsidRPr="00BF5ACD" w:rsidRDefault="00B36855" w:rsidP="000176A8">
+    <w:p w14:paraId="03020C3F" w14:textId="7EDFF744" w:rsidR="00B36855" w:rsidRPr="00BF5ACD" w:rsidRDefault="00B36855" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00B36855">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Breazeale</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
@@ -7901,196 +7668,165 @@
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="006F0A2C" w:rsidRPr="00BF5ACD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Rodopi</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00BF5ACD">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F296D47" w14:textId="711DDE31" w:rsidR="006F0A2C" w:rsidRDefault="002F338C" w:rsidP="000176A8">
+    <w:p w14:paraId="4F296D47" w14:textId="711DDE31" w:rsidR="006F0A2C" w:rsidRDefault="002F338C" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003128FE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t>Breazeale</w:t>
-[...9 lines deleted...]
-        <w:t>, D.</w:t>
+        <w:t>Breazeale, D.</w:t>
       </w:r>
       <w:r w:rsidR="006F0A2C" w:rsidRPr="006F0A2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006F0A2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>(2018).</w:t>
       </w:r>
       <w:r w:rsidR="006F0A2C" w:rsidRPr="006F0A2C">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Philosophy and “the method of fictions”: </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="006F0A2C" w:rsidRPr="006F0A2C">
+        <w:t xml:space="preserve"> Philosophy and “the method of fictions”: Ma</w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6DF1">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>Ma</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+        <w:t xml:space="preserve">imon’s proposal and its critics. </w:t>
+      </w:r>
+      <w:r w:rsidR="00BE6DF1" w:rsidRPr="00BE6DF1">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:i/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>imon’s</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00BE6DF1">
+        <w:t>European Journal of Philosophy</w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3E1B">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> proposal and its critics. </w:t>
-[...4 lines deleted...]
-          <w:i/>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="00AF3E1B" w:rsidRPr="005E2EF8">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>European Journal of Philosophy</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AF3E1B">
+        <w:t>26(</w:t>
+      </w:r>
+      <w:r w:rsidR="006F0A2C" w:rsidRPr="005E2EF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="00AF3E1B" w:rsidRPr="005E2EF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>26(</w:t>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="006F0A2C" w:rsidRPr="005E2EF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>2</w:t>
-[...16 lines deleted...]
-        </w:rPr>
         <w:t>, 702-716.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C993396" w14:textId="6C7C988C" w:rsidR="00143018" w:rsidRPr="00F7282C" w:rsidRDefault="00B052DF" w:rsidP="00F7282C">
+    <w:p w14:paraId="5C993396" w14:textId="6C7C988C" w:rsidR="00143018" w:rsidRPr="00F7282C" w:rsidRDefault="00B052DF" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B052DF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Chalmers</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, D. J.</w:t>
@@ -8174,68 +7910,69 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="005E2EF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>, 200</w:t>
       </w:r>
       <w:r w:rsidRPr="00B052DF">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>-219.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15988C8A" w14:textId="1D4B78AB" w:rsidR="00143018" w:rsidRPr="00143018" w:rsidRDefault="00BF5ACD" w:rsidP="000176A8">
+    <w:p w14:paraId="15988C8A" w14:textId="1D4B78AB" w:rsidR="00143018" w:rsidRPr="00143018" w:rsidRDefault="00BF5ACD" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Fichte, J. G. (</w:t>
       </w:r>
       <w:r w:rsidR="005E2EF8">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>1965)</w:t>
       </w:r>
       <w:r w:rsidR="003128FE">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="00143018" w:rsidRPr="00143018">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:sz w:val="22"/>
@@ -8389,53 +8126,53 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00DC5D41">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>[GA]</w:t>
       </w:r>
       <w:r w:rsidR="00143018">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="60821AC7" w14:textId="0D19E6A8" w:rsidR="0025243D" w:rsidRPr="003128FE" w:rsidRDefault="0025243D" w:rsidP="003128FE">
+    <w:p w14:paraId="60821AC7" w14:textId="0D19E6A8" w:rsidR="0025243D" w:rsidRPr="003128FE" w:rsidRDefault="0025243D" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:left="851" w:right="709" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0025243D">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Husserl</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>, E. (19</w:t>
@@ -8598,53 +8335,53 @@
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Nijhoff</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="00D04EF8" w:rsidRPr="001A76D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1976. </w:t>
       </w:r>
       <w:r w:rsidR="001A76D7" w:rsidRPr="001A76D7">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>[Hua III]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6FC57E4A" w14:textId="41AF9412" w:rsidR="00E20DFF" w:rsidRPr="00F7282C" w:rsidRDefault="005E2EF8" w:rsidP="00F7282C">
+    <w:p w14:paraId="6FC57E4A" w14:textId="41AF9412" w:rsidR="00E20DFF" w:rsidRPr="00F7282C" w:rsidRDefault="005E2EF8" w:rsidP="00295537">
       <w:pPr>
-        <w:ind w:left="851" w:right="566" w:firstLine="284"/>
+        <w:ind w:left="851" w:right="851" w:firstLine="284"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B10C8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Reinhold, K. L. (2002)</w:t>
       </w:r>
       <w:r w:rsidR="003128FE" w:rsidRPr="00B10C8F">
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
@@ -8756,667 +8493,623 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00E20DFF" w:rsidRPr="00F7282C" w:rsidSect="00D23D43">
       <w:headerReference w:type="even" r:id="rId9"/>
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:headerReference w:type="first" r:id="rId13"/>
       <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="73DA4A39" w14:textId="77777777" w:rsidR="001703A9" w:rsidRDefault="001703A9">
+    <w:p w14:paraId="4CB005FF" w14:textId="77777777" w:rsidR="0060707B" w:rsidRDefault="0060707B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7848C69D" w14:textId="77777777" w:rsidR="001703A9" w:rsidRDefault="001703A9">
+    <w:p w14:paraId="74C5E470" w14:textId="77777777" w:rsidR="0060707B" w:rsidRDefault="0060707B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Lucida Grande">
-    <w:panose1 w:val="020B0600040502020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1000AEF" w:usb1="5000A1FF" w:usb2="00000000" w:usb3="00000000" w:csb0="000001BF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans MT">
     <w:panose1 w:val="020B0502020104020203"/>
-    <w:charset w:val="4D"/>
+    <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
+    <w:sig w:usb0="00000007" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000003" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Gill Sans">
-    <w:panose1 w:val="020B0502020104020203"/>
     <w:charset w:val="B1"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000A67" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="000001F7" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Gothic Light">
     <w:altName w:val="游ゴシック Light"/>
     <w:panose1 w:val="020B0300000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002FF" w:usb1="2AC7FDFF" w:usb2="00000016" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Yu Mincho">
     <w:altName w:val="游明朝"/>
-    <w:panose1 w:val="02020400000000000000"/>
     <w:charset w:val="80"/>
     <w:family w:val="roman"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="800002E7" w:usb1="2AC7FCFF" w:usb2="00000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...76 lines deleted...]
-  <w:p w14:paraId="703AF137" w14:textId="00AB855D" w:rsidR="007C2BF0" w:rsidRDefault="00D23D43" w:rsidP="00D23D43">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="703AF137" w14:textId="021ABFE2" w:rsidR="007C2BF0" w:rsidRPr="00295537" w:rsidRDefault="00492335" w:rsidP="00492335">
     <w:pPr>
       <w:spacing w:before="480"/>
-      <w:ind w:left="851" w:right="709" w:firstLine="360"/>
-      <w:jc w:val="center"/>
+      <w:ind w:left="851" w:right="851"/>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Arial Narrow" w:hAnsi="Gill Sans MT" w:cs="Arial Narrow"/>
         <w:bCs/>
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00492335">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidRPr="00492335">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r w:rsidRPr="00492335">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidRPr="00492335">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00492335">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="00D23D43" w:rsidRPr="00295537">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">            </w:t>
     </w:r>
-    <w:r w:rsidR="007C2BF0" w:rsidRPr="001E26D0">
+    <w:r w:rsidR="007C2BF0" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:bCs/>
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">            </w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidR="00D23D43" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:bCs/>
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="007C2BF0" w:rsidRPr="001E26D0">
+    <w:r w:rsidR="007C2BF0" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:bCs/>
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">                                </w:t>
+      <w:t xml:space="preserve">                                                      </w:t>
     </w:r>
-    <w:r w:rsidR="007C2BF0">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:bCs/>
-        <w:color w:val="243F60"/>
-[...19 lines deleted...]
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00CD30A2">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:bCs/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>I c</w:t>
+      <w:tab/>
+      <w:t xml:space="preserve">           </w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6">
+    <w:r w:rsidR="00CD30A2" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve">I </w:t>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>C</w:t>
+    </w:r>
+    <w:r w:rsidR="00503FB6" w:rsidRPr="00295537">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">astelli di Yale online. </w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6" w:rsidRPr="00503FB6">
+    <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:smallCaps/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Annali di Filosofia</w:t>
+      <w:t>Rivista</w:t>
+    </w:r>
+    <w:r w:rsidR="00503FB6" w:rsidRPr="00295537">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:smallCaps/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> di Filosofia</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="4A04E8C2" w14:textId="06C07A2D" w:rsidR="00D04EF8" w:rsidRPr="007C2BF0" w:rsidRDefault="007C2BF0" w:rsidP="007C2BF0">
+  <w:p w14:paraId="4A04E8C2" w14:textId="06C07A2D" w:rsidR="00D04EF8" w:rsidRPr="00295537" w:rsidRDefault="007C2BF0" w:rsidP="00295537">
     <w:pPr>
-      <w:ind w:left="851" w:right="709"/>
+      <w:ind w:left="851" w:right="851"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Arial Narrow" w:hAnsi="Gill Sans MT" w:cs="Arial Narrow"/>
         <w:bCs/>
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:eastAsia="Arial Narrow" w:hAnsi="Gill Sans MT" w:cs="Arial Narrow"/>
         <w:bCs/>
-        <w:color w:val="243F60"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">        </w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="00503FB6" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
-    <w:r w:rsidR="00020252">
+    <w:r w:rsidR="00020252" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="00503FB6" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>, n. X</w:t>
     </w:r>
-    <w:r w:rsidR="00020252">
+    <w:r w:rsidR="00020252" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>X</w:t>
     </w:r>
-    <w:r w:rsidR="000C230E">
+    <w:r w:rsidR="000C230E" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>, anno</w:t>
     </w:r>
-    <w:r w:rsidR="00020252">
+    <w:r w:rsidR="00020252" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="00503FB6" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>– ISSN 2282-5460</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...1 lines deleted...]
-    <w:sdtPr>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="76E5E1B0" w14:textId="2F75606E" w:rsidR="00D04EF8" w:rsidRPr="00295537" w:rsidRDefault="000C230E" w:rsidP="00295537">
+    <w:pPr>
+      <w:pStyle w:val="NormaleWeb"/>
+      <w:spacing w:before="480" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+      <w:ind w:left="851" w:right="851"/>
       <w:rPr>
-        <w:rStyle w:val="Numeropagina"/>
+        <w:color w:val="213D72"/>
       </w:rPr>
-      <w:id w:val="903415327"/>
-[...5 lines deleted...]
-    <w:sdtEndPr>
+    </w:pPr>
+    <w:r w:rsidRPr="00295537">
       <w:rPr>
-        <w:rStyle w:val="Carpredefinitoparagrafo"/>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-    </w:sdtEndPr>
-[...70 lines deleted...]
-    <w:r>
+      <w:t xml:space="preserve">I </w:t>
+    </w:r>
+    <w:r w:rsidR="00492335">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>I c</w:t>
+      <w:t>C</w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6">
+    <w:r w:rsidR="00503FB6" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">astelli di Yale online. </w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="00492335">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:smallCaps/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t xml:space="preserve">Annali di Filosofia  </w:t>
+      <w:t>Rivista</w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="00503FB6" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:smallCaps/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> di Filosofia  </w:t>
+    </w:r>
+    <w:r w:rsidR="00503FB6" w:rsidRPr="00295537">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">                                                                             </w:t>
     </w:r>
-    <w:r w:rsidR="00D23D43">
+    <w:r w:rsidR="00D23D43" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">               </w:t>
     </w:r>
-    <w:r w:rsidR="007C2BF0" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="00492335" w:rsidRPr="00492335">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r w:rsidR="00492335" w:rsidRPr="00492335">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
+    </w:r>
+    <w:r w:rsidR="00492335" w:rsidRPr="00492335">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00492335" w:rsidRPr="00492335">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>1</w:t>
+    </w:r>
+    <w:r w:rsidR="00492335" w:rsidRPr="00492335">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r w:rsidR="007C2BF0" w:rsidRPr="00295537">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
-    <w:r w:rsidR="00020252">
+    <w:r w:rsidR="00020252" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="007C2BF0" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="007C2BF0" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>, n. X</w:t>
     </w:r>
-    <w:r w:rsidR="00020252">
+    <w:r w:rsidR="00020252" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>X</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>, anno</w:t>
     </w:r>
-    <w:r w:rsidR="007C2BF0" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="007C2BF0" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> – ISSN 2282-5460</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="1961D2CF" w14:textId="77777777" w:rsidR="00D04EF8" w:rsidRDefault="00D04EF8">
     <w:pPr>
       <w:pBdr>
         <w:top w:val="nil"/>
         <w:left w:val="nil"/>
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4819"/>
         <w:tab w:val="right" w:pos="9638"/>
       </w:tabs>
       <w:rPr>
         <w:color w:val="000000"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="22FAB87B" w14:textId="77777777" w:rsidR="001703A9" w:rsidRDefault="001703A9"/>
+    <w:p w14:paraId="01608F98" w14:textId="77777777" w:rsidR="0060707B" w:rsidRDefault="0060707B"/>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="71A174B4" w14:textId="77777777" w:rsidR="001703A9" w:rsidRDefault="001703A9"/>
+    <w:p w14:paraId="491A27E4" w14:textId="77777777" w:rsidR="0060707B" w:rsidRDefault="0060707B"/>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5D85C7DC" w14:textId="77777777" w:rsidR="001703A9" w:rsidRDefault="001703A9"/>
+    <w:p w14:paraId="43600235" w14:textId="77777777" w:rsidR="0060707B" w:rsidRDefault="0060707B"/>
   </w:footnote>
   <w:footnote w:id="2">
-    <w:p w14:paraId="2E997EFB" w14:textId="32AC67A3" w:rsidR="00020252" w:rsidRDefault="00020252" w:rsidP="00020252">
+    <w:p w14:paraId="2E997EFB" w14:textId="32AC67A3" w:rsidR="00020252" w:rsidRDefault="00020252" w:rsidP="00295537">
       <w:pPr>
         <w:pStyle w:val="Testonotaapidipagina"/>
-        <w:ind w:left="851" w:right="709"/>
+        <w:ind w:left="851" w:right="851"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Nota a piè pagina Nota a piè pagina</w:t>
       </w:r>
       <w:r w:rsidRPr="00020252">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Nota a piè pagina</w:t>
       </w:r>
       <w:r w:rsidRPr="00020252">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Nota a piè pagina</w:t>
       </w:r>
       <w:r w:rsidRPr="00020252">
         <w:t xml:space="preserve"> </w:t>
@@ -9447,54 +9140,55 @@
       </w:r>
       <w:r>
         <w:t>Nota a piè pagina</w:t>
       </w:r>
       <w:r w:rsidRPr="00020252">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Nota a piè pagina</w:t>
       </w:r>
       <w:r w:rsidRPr="00020252">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Nota a piè pagina</w:t>
       </w:r>
       <w:r w:rsidRPr="00020252">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Nota a piè pagina.</w:t>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
-    <w:p w14:paraId="0861DAAC" w14:textId="3EB89C16" w:rsidR="00F7282C" w:rsidRDefault="00F7282C" w:rsidP="00F7282C">
+    <w:p w14:paraId="0861DAAC" w14:textId="3EB89C16" w:rsidR="00F7282C" w:rsidRDefault="00F7282C" w:rsidP="00295537">
       <w:pPr>
         <w:pStyle w:val="Testonotaapidipagina"/>
-        <w:ind w:left="851" w:right="707"/>
+        <w:ind w:left="851" w:right="851"/>
+        <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rStyle w:val="Rimandonotaapidipagina"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Nota a piè pagina Nota a piè pagina</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7282C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Nota a piè pagina</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7282C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Nota a piè pagina</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7282C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -9539,253 +9233,273 @@
       </w:r>
       <w:r w:rsidRPr="00F7282C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Nota a piè pagina</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7282C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Nota a piè pagina</w:t>
       </w:r>
       <w:r w:rsidRPr="00F7282C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Nota a piè pagina</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="77BB894D" w14:textId="489E353F" w:rsidR="00D04EF8" w:rsidRPr="00503FB6" w:rsidRDefault="00020252" w:rsidP="00B10C8F">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="77BB894D" w14:textId="489E353F" w:rsidR="00D04EF8" w:rsidRPr="00295537" w:rsidRDefault="00020252" w:rsidP="00B10C8F">
     <w:pPr>
       <w:spacing w:after="480"/>
       <w:ind w:left="851" w:right="849"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:rStyle w:val="Enfasicorsivo"/>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00295537">
       <w:rPr>
         <w:rStyle w:val="Enfasicorsivo"/>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:i w:val="0"/>
         <w:iCs w:val="0"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Nome Cognome</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="0D2B7D4D" w14:textId="77A06761" w:rsidR="00D04EF8" w:rsidRPr="00503FB6" w:rsidRDefault="00020252" w:rsidP="00503FB6">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0D2B7D4D" w14:textId="77A06761" w:rsidR="00D04EF8" w:rsidRPr="00295537" w:rsidRDefault="00020252" w:rsidP="00503FB6">
     <w:pPr>
       <w:pStyle w:val="Intestazione"/>
       <w:ind w:firstLine="851"/>
       <w:rPr>
         <w:rFonts w:eastAsia="Arial Narrow"/>
+        <w:color w:val="213D72"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00295537">
       <w:rPr>
         <w:rStyle w:val="Enfasicorsivo"/>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>Titolo</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="14D2A351" w14:textId="19EE204F" w:rsidR="00503FB6" w:rsidRDefault="00CD30A2" w:rsidP="00503FB6">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="14D2A351" w14:textId="737440E7" w:rsidR="00503FB6" w:rsidRPr="00295537" w:rsidRDefault="00CD30A2" w:rsidP="00295537">
     <w:pPr>
       <w:pStyle w:val="NormaleWeb"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
-      <w:ind w:right="707"/>
+      <w:ind w:right="851"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:color w:val="000000"/>
+        <w:color w:val="213D72"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>I c</w:t>
+      <w:t xml:space="preserve">I </w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6">
+    <w:r w:rsidR="00492335">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t>C</w:t>
+    </w:r>
+    <w:r w:rsidR="00503FB6" w:rsidRPr="00295537">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">astelli di Yale online. </w:t>
     </w:r>
-    <w:r w:rsidR="00503FB6" w:rsidRPr="00503FB6">
+    <w:r w:rsidR="00492335">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
         <w:smallCaps/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
-      <w:t>Annali di Filosofia</w:t>
+      <w:t>Rivista</w:t>
+    </w:r>
+    <w:r w:rsidR="00503FB6" w:rsidRPr="00295537">
+      <w:rPr>
+        <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
+        <w:smallCaps/>
+        <w:color w:val="213D72"/>
+        <w:sz w:val="18"/>
+        <w:szCs w:val="18"/>
+      </w:rPr>
+      <w:t xml:space="preserve"> di Filosofia</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="11FFEE1C" w14:textId="699FD877" w:rsidR="00D04EF8" w:rsidRPr="00503FB6" w:rsidRDefault="00503FB6" w:rsidP="00503FB6">
+  <w:p w14:paraId="11FFEE1C" w14:textId="699FD877" w:rsidR="00D04EF8" w:rsidRPr="00295537" w:rsidRDefault="00503FB6" w:rsidP="00295537">
     <w:pPr>
       <w:pStyle w:val="NormaleWeb"/>
       <w:spacing w:before="0" w:beforeAutospacing="0" w:after="480" w:afterAutospacing="0"/>
-      <w:ind w:right="707"/>
+      <w:ind w:right="851"/>
       <w:jc w:val="right"/>
       <w:rPr>
-        <w:color w:val="000000"/>
+        <w:color w:val="213D72"/>
       </w:rPr>
     </w:pPr>
-    <w:r>
+    <w:r w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">Vol. </w:t>
     </w:r>
-    <w:r w:rsidR="00CD30A2">
+    <w:r w:rsidR="00CD30A2" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">, n. </w:t>
     </w:r>
-    <w:r w:rsidR="00020252">
+    <w:r w:rsidR="00020252" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>XX</w:t>
     </w:r>
-    <w:r w:rsidR="00CD30A2">
+    <w:r w:rsidR="00CD30A2" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>, anno</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve">, pp. </w:t>
     </w:r>
-    <w:r w:rsidR="00020252">
+    <w:r w:rsidR="00020252" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
-    <w:r w:rsidR="00020252">
+    <w:r w:rsidR="00020252" w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r>
+    <w:r w:rsidRPr="00295537">
       <w:rPr>
         <w:rFonts w:ascii="Gill Sans MT" w:hAnsi="Gill Sans MT"/>
-        <w:color w:val="376092"/>
+        <w:color w:val="213D72"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
       </w:rPr>
       <w:t xml:space="preserve"> – ISSN 2282-5460</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="011D6801"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="B17C88F4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1211" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1514" w:hanging="380"/>
       </w:pPr>
@@ -10178,159 +9892,165 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6971" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1127041294">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1737777085">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="529342084">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="2140613402">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-[...1 lines deleted...]
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="283"/>
   <w:evenAndOddHeaders/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E20DFF"/>
     <w:rsid w:val="000112F0"/>
     <w:rsid w:val="00012E6B"/>
     <w:rsid w:val="000176A8"/>
     <w:rsid w:val="00020252"/>
     <w:rsid w:val="00022CA8"/>
     <w:rsid w:val="00063579"/>
     <w:rsid w:val="00072F6A"/>
     <w:rsid w:val="000771AF"/>
     <w:rsid w:val="00096AEA"/>
     <w:rsid w:val="000B052E"/>
     <w:rsid w:val="000C230E"/>
     <w:rsid w:val="000C637A"/>
     <w:rsid w:val="000D5F36"/>
     <w:rsid w:val="0010559E"/>
     <w:rsid w:val="00106BF3"/>
     <w:rsid w:val="001351BD"/>
     <w:rsid w:val="00143018"/>
     <w:rsid w:val="001703A9"/>
     <w:rsid w:val="00183D07"/>
     <w:rsid w:val="001A76D7"/>
     <w:rsid w:val="001F53E0"/>
     <w:rsid w:val="00234D6D"/>
     <w:rsid w:val="0025243D"/>
     <w:rsid w:val="00255A01"/>
     <w:rsid w:val="00276DEB"/>
     <w:rsid w:val="00287E28"/>
     <w:rsid w:val="00291603"/>
+    <w:rsid w:val="00295537"/>
     <w:rsid w:val="00297058"/>
     <w:rsid w:val="002A28CE"/>
     <w:rsid w:val="002A4686"/>
     <w:rsid w:val="002A5BC2"/>
     <w:rsid w:val="002C0415"/>
     <w:rsid w:val="002C4C14"/>
     <w:rsid w:val="002F338C"/>
     <w:rsid w:val="003128FE"/>
     <w:rsid w:val="00317CFD"/>
     <w:rsid w:val="00326043"/>
     <w:rsid w:val="003353D6"/>
     <w:rsid w:val="003367C7"/>
     <w:rsid w:val="00350D86"/>
     <w:rsid w:val="003651CA"/>
     <w:rsid w:val="00366232"/>
     <w:rsid w:val="00376ADB"/>
     <w:rsid w:val="00391087"/>
     <w:rsid w:val="00395373"/>
     <w:rsid w:val="00397614"/>
     <w:rsid w:val="003D4BEE"/>
     <w:rsid w:val="003E4F5C"/>
     <w:rsid w:val="004063A5"/>
     <w:rsid w:val="004074F1"/>
     <w:rsid w:val="00432072"/>
     <w:rsid w:val="0045191A"/>
     <w:rsid w:val="004550EA"/>
     <w:rsid w:val="00461286"/>
     <w:rsid w:val="00461CCE"/>
     <w:rsid w:val="004642B5"/>
     <w:rsid w:val="00471AAD"/>
     <w:rsid w:val="00476D98"/>
+    <w:rsid w:val="00492335"/>
     <w:rsid w:val="00492BD1"/>
     <w:rsid w:val="00494F0F"/>
     <w:rsid w:val="004A119B"/>
     <w:rsid w:val="004B0DAC"/>
     <w:rsid w:val="004C183E"/>
     <w:rsid w:val="004C27A2"/>
     <w:rsid w:val="004D18EE"/>
     <w:rsid w:val="004D3466"/>
     <w:rsid w:val="004D56E9"/>
     <w:rsid w:val="004E469C"/>
     <w:rsid w:val="00503FB6"/>
     <w:rsid w:val="00506EAC"/>
     <w:rsid w:val="00512DD8"/>
     <w:rsid w:val="005253D5"/>
     <w:rsid w:val="005521C7"/>
     <w:rsid w:val="00554D63"/>
     <w:rsid w:val="005579B7"/>
     <w:rsid w:val="005730CB"/>
     <w:rsid w:val="005922A1"/>
     <w:rsid w:val="005A2E43"/>
     <w:rsid w:val="005B5CDC"/>
     <w:rsid w:val="005B7CEC"/>
     <w:rsid w:val="005D0070"/>
     <w:rsid w:val="005E2EF8"/>
     <w:rsid w:val="00604D71"/>
+    <w:rsid w:val="0060707B"/>
     <w:rsid w:val="006119A9"/>
     <w:rsid w:val="006210B2"/>
     <w:rsid w:val="00637B0A"/>
     <w:rsid w:val="00640482"/>
     <w:rsid w:val="00647A21"/>
     <w:rsid w:val="006617B9"/>
     <w:rsid w:val="006815C8"/>
     <w:rsid w:val="00682A80"/>
     <w:rsid w:val="006A3AF3"/>
     <w:rsid w:val="006D5624"/>
     <w:rsid w:val="006F0A2C"/>
     <w:rsid w:val="007249A2"/>
     <w:rsid w:val="00724DC9"/>
     <w:rsid w:val="00735686"/>
     <w:rsid w:val="0073773B"/>
     <w:rsid w:val="00737943"/>
     <w:rsid w:val="00751A15"/>
     <w:rsid w:val="0077036D"/>
     <w:rsid w:val="00773D23"/>
     <w:rsid w:val="00782D6A"/>
     <w:rsid w:val="007907F1"/>
     <w:rsid w:val="007A0D73"/>
     <w:rsid w:val="007A6A97"/>
     <w:rsid w:val="007A6F8C"/>
     <w:rsid w:val="007C221D"/>
@@ -10393,109 +10113,110 @@
     <w:rsid w:val="00BF5ACD"/>
     <w:rsid w:val="00BF5C1A"/>
     <w:rsid w:val="00C54861"/>
     <w:rsid w:val="00C62E5F"/>
     <w:rsid w:val="00C72712"/>
     <w:rsid w:val="00C7276C"/>
     <w:rsid w:val="00C750F3"/>
     <w:rsid w:val="00C76C52"/>
     <w:rsid w:val="00CA07ED"/>
     <w:rsid w:val="00CD2681"/>
     <w:rsid w:val="00CD30A2"/>
     <w:rsid w:val="00CF0CD1"/>
     <w:rsid w:val="00CF442F"/>
     <w:rsid w:val="00CF55EE"/>
     <w:rsid w:val="00D04EF8"/>
     <w:rsid w:val="00D23297"/>
     <w:rsid w:val="00D23D43"/>
     <w:rsid w:val="00D50BDD"/>
     <w:rsid w:val="00D73372"/>
     <w:rsid w:val="00D8023A"/>
     <w:rsid w:val="00D96163"/>
     <w:rsid w:val="00D97435"/>
     <w:rsid w:val="00DA3D5E"/>
     <w:rsid w:val="00DB60F1"/>
     <w:rsid w:val="00DC5D41"/>
+    <w:rsid w:val="00DE1F68"/>
     <w:rsid w:val="00DF7EE1"/>
     <w:rsid w:val="00E17C83"/>
     <w:rsid w:val="00E20DFF"/>
     <w:rsid w:val="00E23AB3"/>
     <w:rsid w:val="00E3176C"/>
     <w:rsid w:val="00E5634E"/>
     <w:rsid w:val="00E75FAC"/>
     <w:rsid w:val="00E805F2"/>
     <w:rsid w:val="00E82764"/>
     <w:rsid w:val="00E86D7E"/>
     <w:rsid w:val="00EA2099"/>
     <w:rsid w:val="00EA7E6A"/>
     <w:rsid w:val="00EF3D2A"/>
     <w:rsid w:val="00F13AA2"/>
     <w:rsid w:val="00F17D39"/>
     <w:rsid w:val="00F231FC"/>
     <w:rsid w:val="00F264D5"/>
     <w:rsid w:val="00F337E5"/>
     <w:rsid w:val="00F42786"/>
     <w:rsid w:val="00F56A7F"/>
     <w:rsid w:val="00F632ED"/>
     <w:rsid w:val="00F7282C"/>
     <w:rsid w:val="00FA3484"/>
     <w:rsid w:val="00FD3518"/>
     <w:rsid w:val="00FE0E2B"/>
     <w:rsid w:val="00FE4EAA"/>
     <w:rsid w:val="00FF1B2E"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="it-IT" w:eastAsia="ja-JP"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="074E403D"/>
   <w15:docId w15:val="{CAE52F61-7C32-2143-B435-2D369602C834}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="it-IT" w:eastAsia="it-IT" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:ind w:firstLine="284"/>
         <w:jc w:val="both"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -10736,55 +10457,50 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="Plain Table 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Grid Table 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
@@ -11040,51 +10756,51 @@
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Paragrafoelenco">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normale"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00763322"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Testonotaapidipagina">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normale"/>
     <w:link w:val="TestonotaapidipaginaCarattere"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:rsid w:val="009D22A9"/>
+    <w:rsid w:val="00295537"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TestonotaapidipaginaCarattere">
     <w:name w:val="Testo nota a piè di pagina Carattere"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:link w:val="Testonotaapidipagina"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="009D22A9"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Rimandonotaapidipagina">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
@@ -11323,51 +11039,51 @@
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Enfasigrassetto">
     <w:name w:val="Strong"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="22"/>
     <w:qFormat/>
     <w:rsid w:val="007C2BF0"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Numeropagina">
     <w:name w:val="page number"/>
     <w:basedOn w:val="Carpredefinitoparagrafo"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="004E469C"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="400254065">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="421683695">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -11923,104 +11639,104 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
-[...2 lines deleted...]
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mjVvCk5zAr5ok4uQ9toAaYK1JJrwA==">AMUW2mXE1PI/xyMtuQyKAtS60+/ZcW4FbFi0y+bIzzeLbi226uhcMKeE3Bn+CO6HdP8zv2HJN0VW8VDsuebqn8LJvGBnIFtS2tfcuYrkZ+1MajvsP97fFQsvD4rKrSUtdhAKt2O+6D2efS0Kx/2al4EuyVFD+2Vddg==</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5D741DF0-28EF-744D-B55D-4982ACA46D55}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal.dotm</Template>
+  <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>1504</Words>
-  <Characters>8577</Characters>
+  <Words>1497</Words>
+  <Characters>8326</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>71</Lines>
-  <Paragraphs>20</Paragraphs>
+  <Lines>128</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10061</CharactersWithSpaces>
+  <CharactersWithSpaces>9802</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Elena Marescotti</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="GrammarlyDocumentId">
     <vt:lpwstr>f4143984daaecd7df97a18df80869bc13b6128efcc836680e4101bbff2296549</vt:lpwstr>
   </property>
 </Properties>
 </file>